--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -1,20310 +1,24210 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="27D919E5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="17FC9576" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="686" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="940" w:firstLine="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC32A9A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4FFE872A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="30462991" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7294320B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0EB56E6E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A50BD64" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="186" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="615A21C3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467E86A9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1130" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="60"/>
-          <w:szCs w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve">Charte de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="60"/>
-          <w:szCs w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve">Psycause </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CE31B2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7F00D95B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="277" w:lineRule="auto"/>
         <w:ind w:left="3197" w:right="0" w:hanging="2830"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Revue scientifique étudiante de l’École de psychologie de l’Université Laval </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56555D2B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5E9F81B3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="23E41CDB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283FA3CB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0133B60F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7B6E93" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="37DC0F47" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164DD05A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AAAF98A" wp14:editId="3C341D7E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41B913A8" wp14:editId="7433E1A7">
             <wp:extent cx="6309995" cy="3531108"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2225" name="image2.png"/>
+            <wp:docPr id="45" name="Picture 45"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="45" name="Picture 45"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6309995" cy="3531108"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1042E89E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423EC318" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="71E2C1D3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCF449C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="23329FFC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36880D28" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6830426A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6D945F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E70BB5F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="32E1B603" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="25"/>
-        <w:ind w:left="-5" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc125294782"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Notice sur les termes d’utilisation de ce document</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="65D0DD56" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18105F18" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="18C8246E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471CD291" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="36"/>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="512A50EC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">La Charte de la revue Psycause est rendue disponible selon une License Creative Commons – Attribution (CC BY 4.0). Ainsi, toute utilisation du contenu de ce document doit être correctement attribuée à la revue Psycause, selon les normes de référencement en vigueur par votre domaine d’étude respectif. Veuillez consulter le site du Creative Commons pour plus d’information et pour les détails d’utilisation du présent document : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C6DD04" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="13" w:line="266" w:lineRule="auto"/>
-        <w:ind w:left="-5" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="-5" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="00EF423C">
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://creativecommons.org/licenses/by/4.0/legalcode.fr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00EF423C">
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="009A0BBA">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F6F5A14" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="6319C236" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDFA421" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="6E3C70B3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="28"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Nous suggérons de citer le présent document de la façon suivante : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A8714A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1FBC7020" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="340EDB8E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B264116" w14:textId="5C33832D" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="92" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="713"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Revue Psycause (20</w:t>
+      </w:r>
+      <w:r w:rsidR="00560FB4" w:rsidRPr="009A0BBA">
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Charte de la revue Psycause : Revue scientifique étudiante de l’École de psychologie de l’Université Laval.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00560FB4" w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> Université Laval.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3909AEDA" w14:textId="111189F7" w:rsidR="002010D9" w:rsidRPr="00A17558" w:rsidRDefault="009C0BAC">
+    <w:p w14:paraId="259BAB15" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="9772"/>
         </w:tabs>
         <w:spacing w:after="13" w:line="266" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidR="00EF423C" w:rsidRPr="00A17558">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A17558" w:rsidRPr="00A17558">
-[...14 lines deleted...]
-        <w:r w:rsidR="00EF423C" w:rsidRPr="00A17558">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="009A0BBA">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00EF423C" w:rsidRPr="00A17558">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EF423C" w:rsidRPr="00A17558">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EF423C" w:rsidRPr="00A17558">
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EF423C" w:rsidRPr="00A17558">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4385B9FC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRPr="00A17558" w:rsidRDefault="002010D9">
+    <w:p w14:paraId="17EBE946" w14:textId="77777777" w:rsidR="00D14FAC" w:rsidRPr="009A0BBA" w:rsidRDefault="00D14FAC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc125294783"/>
+    </w:p>
+    <w:p w14:paraId="5FFF000C" w14:textId="1CA59904" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Table des matières</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1"/>
-    </w:p>
-[...9 lines deleted...]
-    <w:p w14:paraId="45C74179" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B1A7C5" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="1" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-1057002595"/>
+        <w:id w:val="-216046710"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
-          <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="08278804" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:p w14:paraId="3760A188" w14:textId="794B58DF" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="127"/>
-            <w:ind w:left="25" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="009A0BBA">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
-            <w:instrText xml:space="preserve"> TOC \h \u \z \t "Heading 1,1,Heading 2,2,Heading 3,3,Heading 4,4,Heading 5,5,Heading 6,6,"</w:instrText>
+          <w:r w:rsidRPr="009A0BBA">
+            <w:instrText xml:space="preserve"> TOC \o "1-6" \h \z \u </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="009A0BBA">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_heading=h.gjdgxs">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc125294782" w:history="1">
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>Notice sur les termes d’utilisation de ce document</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294782 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F99B8BF" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="1121A37E" w14:textId="4888D381" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="127"/>
-            <w:ind w:left="25" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.30j0zll">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294783" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>Table des matières</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294783 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="77517989" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="5289DE62" w14:textId="1EFC85B3" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="127"/>
-            <w:ind w:left="25" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1fob9te">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294784" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>Préambule</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294784 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0BB06A3E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="0E2525A1" w14:textId="483EE5A0" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="127"/>
-            <w:ind w:left="25" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3znysh7">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294785" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t xml:space="preserve">Charte de la revue </w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:i/>
+                <w:noProof/>
               </w:rPr>
               <w:t>Psycause</w:t>
             </w:r>
-          </w:hyperlink>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294785 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09E88E8A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="422144AA" w14:textId="0384DE0A" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="745"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="128" w:line="251" w:lineRule="auto"/>
-[...1 lines deleted...]
-            <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2et92p0">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294786" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Psycause</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294786 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.2et92p0">
-[...38 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="39B0F895" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="115409EC" w14:textId="37F0BDCD" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC4"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.tyjcwt">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294787" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Objectifs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294787 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.tyjcwt">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="553D4BA9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="600D663E" w14:textId="572B8F51" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC4"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3dy6vkm">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294788" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>1.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Présentation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294788 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.3dy6vkm">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="2B8C82F0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="7D184B9C" w14:textId="7CE7846E" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="745"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="128" w:line="251" w:lineRule="auto"/>
-[...1 lines deleted...]
-            <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1t3h5sf">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294789" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Comité exécutif</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294789 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1t3h5sf">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="48880448" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="28199FE0" w14:textId="30A50B59" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC4"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.4d34og8">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294790" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Postes du comité interne</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294790 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.4d34og8">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="251928DB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="7A17261E" w14:textId="65D9EF83" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2s8eyo1">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294791" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Éditeur en chef ou éditrice en chef</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294791 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.2s8eyo1">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="51412636" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="651E539E" w14:textId="55F253C0" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.17dp8vu">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294792" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Éditeur en chef adjoint ou éditrice en chef adjointe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294792 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.17dp8vu">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="4B63B87D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="577AC504" w14:textId="1B844F37" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3rdcrjn">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294793" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.3.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Coordonnateur ou coordonnatrice de la revue</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294793 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.3rdcrjn">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="4BA96934" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="1BE50485" w14:textId="3055E87D" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.26in1rg">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294794" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.4.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Éditeurs ou éditrices</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294794 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.26in1rg">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="3D35C8E8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="3BEB2288" w14:textId="71DFACE7" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.lnxbz9">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294795" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.5.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Responsable du contenu complémentaire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294795 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.lnxbz9">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="53693E07" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="4698886F" w14:textId="76DE103E" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.35nkun2">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294796" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.6.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Responsable des communications</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294796 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.35nkun2">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="077D72E8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="64B6D9AC" w14:textId="78F98540" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1ksv4uv">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294797" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.7.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Responsable des finances</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294797 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1ksv4uv">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="72ADD205" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="55C98309" w14:textId="2936AB22" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.44sinio">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294798" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.8.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Responsable de la correction du français</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294798 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.44sinio">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="115EFC4F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="2EB4CB29" w14:textId="017998DE" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2jxsxqh">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294799" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.9.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Local de la revue </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:i/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Psycause</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294799 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.2jxsxqh">
-[...41 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="04022B29" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="68E2A408" w14:textId="626DE21B" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.z337ya">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294800" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.10.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Élections</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294800 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.z337ya">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="623E69CE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="59BBB354" w14:textId="42C62FC4" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3j2qqm3">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294801" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.1.11.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Démission</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294801 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.3j2qqm3">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="0F6E0098" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="10DB70FD" w14:textId="68630371" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC4"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1y810tw">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294802" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Postes du comité externe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294802 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1y810tw">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="0A198B42" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="4D8A5AB9" w14:textId="44694C8B" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.4i7ojhp">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294803" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Éditeurs ou éditrices associé(e)s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294803 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.4i7ojhp">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="110013C2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="4FC7499E" w14:textId="54F01B8F" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2xcytpi">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294804" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Correcteurs et correctrices du français</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294804 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.2xcytpi">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="4B02B678" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="2B600725" w14:textId="51922E37" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1ci93xb">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294805" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.3.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Réviseurs ou réviseuses scientifiques</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294805 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1ci93xb">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="421EEDE3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="1DFEDAA1" w14:textId="47A45187" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3whwml4">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294806" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.4.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Professeurs réviseurs ou professeures réviseuses</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294806 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.3whwml4">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="37990491" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="55161134" w14:textId="1CA49F0C" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2bn6wsx">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294807" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.5.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Responsable de la mise en page</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294807 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.2bn6wsx">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="0451061F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="4A9ED301" w14:textId="111B74B0" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.qsh70q">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294808" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.6.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Élections</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294808 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.qsh70q">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="336485C4" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="4A11A268" w14:textId="2E36F9D6" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC6"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3as4poj">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294809" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.2.7.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Démissions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294809 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.3as4poj">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="326C7404" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="21904FD7" w14:textId="7AC89179" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC4"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1pxezwc">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294810" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.3.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Processus de décision</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294810 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1pxezwc">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="05AB7FB2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="3853BFB3" w14:textId="520E9D37" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC4"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.49x2ik5">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294811" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>2.4.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Période maximale d’occupation des postes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294811 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.49x2ik5">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="1F4E72A8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="7FEE12A3" w14:textId="633E32F1" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="745"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="128" w:line="251" w:lineRule="auto"/>
-[...1 lines deleted...]
-            <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2p2csry">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294812" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Fonctionnement du processus de révision par les pairs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294812 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.2p2csry">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="1F916A34" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="6B4DE488" w14:textId="49E95734" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.147n2zr">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294813" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Processus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294813 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.147n2zr">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="28A41832" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="26453636" w14:textId="7E9742B8" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3o7alnk">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294814" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Calendrier</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294814 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.3o7alnk">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="3A40FEB2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:p w14:paraId="483D7262" w14:textId="78BEBF00" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F26F1C" w:rsidP="00F26F1C">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="426"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="0" w:right="200" w:firstLine="0"/>
+            <w:ind w:left="0" w:firstLine="0"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="009A0BBA">
             <w:rPr>
-              <w:color w:val="0563C1"/>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:noProof/>
+              <w:u w:val="none"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="009A0BBA">
             <w:rPr>
-              <w:color w:val="0563C1"/>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:noProof/>
+              <w:u w:val="none"/>
             </w:rPr>
             <w:tab/>
           </w:r>
-          <w:r>
-[...11 lines deleted...]
-          <w:r>
+          <w:hyperlink w:anchor="_Toc125294815" w:history="1">
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Éditoriaux, articles de vulgarisation et édition spéciale Recherche Dirigée</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294815 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7859FF5A" w14:textId="296C38B2" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
+          <w:pPr>
+            <w:pStyle w:val="TOC5"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
+            </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2lwamvv">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294816" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.3.1.</w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:hyperlink>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>Éditoriaux</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294816 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0FF04DEB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="2FA61329" w14:textId="7D842BBE" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.111kx3o">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294817" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.3.2.</w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:hyperlink>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>Articles de vulgarisation</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294817 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10E9F4C9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="1139E24A" w14:textId="31970014" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3l18frh">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294818" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.3.3.</w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:hyperlink>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>Édition spéciale Recherche dirigée</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294818 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A607046" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="74AAF4EA" w14:textId="7FE4A0A8" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.23ckvvd">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294819" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.4.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Glossaire des termes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294819 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.23ckvvd">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="60C0228A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="5D82B283" w14:textId="6DAE18A5" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.ihv636">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294820" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.5.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Organisation du travail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294820 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.ihv636">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="45FA04BD" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="7A072F04" w14:textId="37FB3487" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.32hioqz">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294821" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.5.1.</w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:hyperlink>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>Réunions</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294821 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2394A320" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="00A3AE15" w14:textId="7E1A0A95" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1hmsyys">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294822" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.5.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Communications</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294822 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1hmsyys">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="1842BBA6" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="225A1866" w14:textId="73EC9CB7" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.41mghml">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294823" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.5.3.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Documents de travail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294823 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.41mghml">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="53258B8C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="7566C071" w14:textId="7ED45BEC" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2grqrue">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294824" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>3.5.4.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Entente de respect des principes éthiques et des bonnes pratiques scientifiques</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294824 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.2grqrue">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="62675532" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="01F1AE05" w14:textId="1A45D60F" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="505"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="127"/>
-            <w:ind w:left="25" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.vx1227">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:hyperlink w:anchor="_Toc125294825" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
+                <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Crédibilité scientifique</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294825 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.vx1227">
-[...30 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="313C491D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="2FADB488" w14:textId="0ED2C4E7" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3fwokq0">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294826" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Critères d’autorat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294826 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.3fwokq0">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="70CDB13A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="35F3A086" w14:textId="440945E7" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1v1yuxt">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294827" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Plagiat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294827 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1v1yuxt">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="1E14FA27" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="5E61FA5D" w14:textId="230B3082" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.4f1mdlm">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294828" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t xml:space="preserve">4.2.1. Articles publiés AVANT soumission à la revue </w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:i/>
+                <w:noProof/>
               </w:rPr>
               <w:t>Psycause</w:t>
             </w:r>
-          </w:hyperlink>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t xml:space="preserve"> pour évaluation</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294828 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25CD7C37" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="6FCE98C6" w14:textId="2D48E5CE" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.2u6wntf">
-[...13 lines deleted...]
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294829" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4.2.2. Articles publiés APRÈS publication dans la revue Psycause</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294829 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="57231FD9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="63C7DFB6" w14:textId="03D30111" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.19c6y18">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294830" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.2.3.  Utilisation de parties de textes sans référencement des auteurs et autrices de la publication originale</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294830 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7989A7D0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="05DE25A8" w14:textId="3D15CDBD" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.3tbugp1">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294831" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.2.4. Mesures pour contrer le plagiat prises par la revue</w:t>
             </w:r>
-            <w:r w:rsidR="00EF423C">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294831 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
               <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30F7CA8E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="36575E05" w14:textId="4A0F4312" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.28h4qwu">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294832" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Politique de rétraction de la revue Psycause</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294832 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.28h4qwu">
-[...41 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="2D2263F5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="50BEC44D" w14:textId="508A7B81" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.206ipza">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294833" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.2.1.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Articles soumis à la revue Psycause (AVANT publication)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294833 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.206ipza">
-[...44 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="1B617497" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="417D99AF" w14:textId="474B5A92" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC5"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1760"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="745" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.4k668n3">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294834" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.2.2.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Articles publiés au sein de la revue (APRÈS publication)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294834 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.4k668n3">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="04C27C62" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="0A7DB501" w14:textId="3EDFE7B1" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.nmf14n">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294835" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.3.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Licence, droits des auteurs et contrat d’édition</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294835 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.nmf14n">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="342A5F91" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="1395A675" w14:textId="6F8CC8DF" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1320"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="129"/>
-            <w:ind w:left="505" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.37m2jsg">
-            <w:r w:rsidR="00EF423C">
+          <w:hyperlink w:anchor="_Toc125294836" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Politique de libre accès</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294836 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.37m2jsg">
-[...35 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="58A11EB5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:p w14:paraId="6F1F87BB" w14:textId="68764C8A" w:rsidR="00F86704" w:rsidRPr="009A0BBA" w:rsidRDefault="00F86704">
           <w:pPr>
-            <w:pBdr>
-[...5 lines deleted...]
-            </w:pBdr>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="505"/>
-              <w:tab w:val="right" w:pos="10018"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10018"/>
             </w:tabs>
-            <w:spacing w:after="127"/>
-            <w:ind w:left="25" w:right="200"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_heading=h.1mrcu09">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:hyperlink w:anchor="_Toc125294837" w:history="1">
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
+                <w:noProof/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-          </w:hyperlink>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Références</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc125294837 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0BBA">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:hyperlink>
-          <w:hyperlink w:anchor="_heading=h.1mrcu09">
-[...30 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="3823E836" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-          <w:r>
+        <w:p w14:paraId="1B650504" w14:textId="27A6F7BD" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+          <w:r w:rsidRPr="009A0BBA">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="54902D04" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0D7E3190" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="961" w:firstLine="240"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1BE4A5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3D402340" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B1F60E3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="16A7B3A3" w14:textId="77777777" w:rsidR="00D14FAC" w:rsidRPr="009A0BBA" w:rsidRDefault="00D14FAC">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc125294784"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A3D169" w14:textId="77777777" w:rsidR="00D14FAC" w:rsidRPr="009A0BBA" w:rsidRDefault="00D14FAC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60952218" w14:textId="7F624FFE" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Préambule</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="6149AFDA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5449D65F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="62EC1B08" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB1EAAE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="29"/>
         <w:ind w:left="0" w:right="772" w:firstLine="720"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Considérant l’importance qu’accordent l’Université Laval et l’École de psychologie à la recherche dans l’ensemble des cycles d’études en psychologie; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D5DDC5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5784EBD4" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="25A99C92" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2157FCF5" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="29"/>
         <w:ind w:left="0" w:right="182" w:firstLine="720"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Considérant le besoin de sensibiliser les étudiants et étudiantes en psychologie à l’importance de la recherche et, notamment, à sa pertinence pour l’intervention clinique; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E843E2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="47900DC8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="478133CE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6D9622" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="0" w:right="182" w:firstLine="720"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">  Considérant le besoin de valoriser l’implication en recherche chez ses étudiants et étudiantes, et ce, peu importe leur niveau d’études; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AD45AB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="13258673" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0C56972D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A39311" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="29"/>
         <w:ind w:left="0" w:right="182" w:firstLine="720"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Considérant le besoin de faire connaître et diffuser les publications et les communications faites par des étudiants et étudiantes en psychologie à l’Université Laval; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F25BF5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1B4DA9E0" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-    <w:p w14:paraId="5AC73374" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7AC0C8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="730" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">La revue Psycause adopte les présents statuts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39427A4B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270DDCAF" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+    <w:p w14:paraId="23473FAB" w14:textId="77777777" w:rsidR="00D14FAC" w:rsidRPr="009A0BBA" w:rsidRDefault="00D14FAC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc125294785"/>
+    </w:p>
+    <w:p w14:paraId="465A6D95" w14:textId="3AA33C26" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Charte de la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-    </w:p>
-[...18 lines deleted...]
-    <w:p w14:paraId="4932D372" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162ABAE8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="3DE6980D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00511E97" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1257"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_heading=h.2et92p0" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc125294786"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Psycause</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="52640A2E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430F4532" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="1906"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_heading=h.tyjcwt" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="5" w:name="_Toc125294787"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>1.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Objectifs</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E77048" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3BDE6DCD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="5590"/>
         </w:tabs>
         <w:spacing w:after="8" w:line="251" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>1.1.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="63CB77BC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Fournir une plateforme et des outils aux étudiants et étudiantes pour </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F272325" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="29"/>
-        <w:ind w:left="2170" w:right="182" w:firstLine="0"/>
+        <w:ind w:left="2170" w:right="182"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>qu’ils</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> se familiarisent avec les processus d’écriture scientifique en psychologie et de révision par les pairs au sein de l’Université Laval. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBD51A0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7B7C1BD4" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="6CF110EF" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6344889A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="29"/>
         <w:ind w:left="2160" w:right="182" w:hanging="900"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>1.1.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Vulgariser et diffuser les travaux et projets de recherche des étudiants et étudiantes à l’ensemble de la communauté universitaire.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7723884C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="57396E0F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2930C5F8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514027CA" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="2160" w:right="182" w:hanging="900"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>1.1.3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Offrir des outils pédagogiques complémentaires sur le thème de la recherche et la rédaction scientifique en psychologie.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F278665" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="25435144" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="3A5BBF96" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22917239" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2085"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_heading=h.3dy6vkm" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="6" w:name="_Toc125294788"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>1.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Présentation</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD1B0BC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="40D7CA5A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="730" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Créée et opérée par des étudiants et étudiantes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>, la revue</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> vise avant tout à promouvoir leur intérêt pour la recherche : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437614EE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="317AA9C6" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="240DD963" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CFEAEB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="31"/>
         <w:ind w:right="449" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">En les informant et en les initiant à la rédaction et au processus de révision d’articles scientifiques; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42596629" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="487418FB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="449" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">En leur offrant une plateforme pour diffuser leurs travaux de recherche à l’École de psychologie et, plus largement, à l’ensemble de la communauté lavalloise.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB0F966" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="28EF2655" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799E59DA" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="730" w:right="1004"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">L’équipe de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="6A8BA0B1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, qui adopte une vision collaborative et un processus décisionnel non hiérarchique, veut également stimuler l’implication et l’intégration des membres étudiants des 1er, 2e et 3e cycles universitaires qui s’intéressent à des problématiques de recherche associées d’une quelconque façon à la psychologie. La revue vise principalement les auteurs et autrices de l’École de psychologie mais accepte également les articles provenant d’autres départements qui peuvent avoir un lien avec la psychologie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE9EB44" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="09A08709" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF37F46" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E692AD9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3A6665AA" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1658"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_heading=h.1t3h5sf" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc125294789"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Comité exécutif</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r>
-[...22 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0556FE4F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="720" w:right="1000" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Le comité exécutif de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="6784AF08" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> est composé de plusieurs membres occupant des postes internes ou externes, soit des membres des comités internes et externes. Le comité adopte une structure décisionnelle démocratique, non hiérarchique, dans laquelle le vote de tous les membres du comité interne sur l’ensemble des décisions a un poids égal. Cependant, en vue d’assurer la qualité des différentes publications issues de la revue, une structure hiérarchique de supervision dans les tâches de chacun des membres est privilégiée. Cette structure est présentée dans le Figure 1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7566BE1D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="683BADE8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01985F31" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1504" w:firstLine="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="365C3601" wp14:editId="0A9085EE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0564CAC5" wp14:editId="06C387DD">
             <wp:extent cx="5018151" cy="3785870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2227" name="image3.png"/>
+            <wp:docPr id="1099" name="Picture 1099"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="1099" name="Picture 1099"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5018151" cy="3785870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="548B7B9D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8889A1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06122A2E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0A14D37D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Figure 1.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> Structure de supervision des différents postes, internes et externes, occupés par les membres du comité de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">. Le nombre de personnes pouvant occuper chacun des postes présentés se trouve entre parenthèses. Il est à noter que cette structure hiérarchique ne sert de balise que pour la distribution et la supervision des tâches inhérentes au bon fonctionnement de la revue et que les décisions sont prises par voie d’approbation à majorité simple. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E8C8A8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5C0213DD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="5A66935F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C0DAA1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2689"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_heading=h.4d34og8" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="8" w:name="_Toc125294790"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Postes du comité interne</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C308226" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3F90280F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3811"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_heading=h.2s8eyo1" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="9" w:name="_Toc125294791"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Éditeur en chef ou éditrice en chef</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFDC618" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="185D8B90" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="1425" w:right="4209" w:hanging="180"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A55BD7" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="57BFCB0F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="1435" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1435" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC107C5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="73DDDDAE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Organiser et animer les réunions du comité interne; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B53E10B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="218E573F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Consulter le comité pour prendre les décisions; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BED199E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="6CB5C940" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Agir comme représentant ou représentante de la revue auprès des différentes instances; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FCAC32" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="14F69364" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Effectuer (en collaboration avec le ou la responsable des communications) les communications officielles; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6566E649" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="52810F9C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
-        <w:sectPr w:rsidR="002010D9" w:rsidSect="00611F2E">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId22"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Superviser les comités interne et externe; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C40BAEC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00082E8F">
+      <w:pPr>
+        <w:sectPr w:rsidR="00082E8F" w:rsidRPr="009A0BBA">
+          <w:headerReference w:type="even" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:footerReference w:type="even" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
+          <w:footnotePr>
+            <w:numRestart w:val="eachPage"/>
+          </w:footnotePr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="576" w:right="438" w:bottom="1438" w:left="1440" w:header="720" w:footer="219" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="379D5C7B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    </w:p>
+    <w:p w14:paraId="1A4FD51D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="38"/>
-        <w:ind w:left="2170" w:right="6" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="2170" w:right="6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Superviser tout le processus menant à la publication annuelle via l’éditeur en chef adjoint ou l’éditrice en chef adjointe (incluant le recrutement, les rencontres d’information, la rédaction, le processus de révision et la publication finale); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF1ABFB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="03AF8A29" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>S’assurer que l’ensemble de l’équipe accomplit ses tâches et prendre la responsabilité pour les tâches non réalisées; -</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Rédiger l’éditorial annuel et les remerciements; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145F9919" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="00540B75" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Mettre à jour la charte en fonction des changements dans le comité interne; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3281108D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="334842B3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="28"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Collaborer et servir de mentor auprès de l’éditeur en chef adjoint ou de l’éditrice en chef adjointe. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C64BB1B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="76339389" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1800" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="5F6AB207" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AFD413" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="4592"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_heading=h.17dp8vu" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="10" w:name="_Toc125294792"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Éditeur en chef adjoint ou éditrice en chef adjointe</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3CB1BA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7B67A68E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="1425" w:right="1650" w:hanging="180"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027AF7BA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="526D84A1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="1435" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1435" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427E552A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4E85F5D2" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Superviser tout le processus menant à la publication annuelle; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039607C0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="04345142" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="30"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Agir comme représentant ou représentante de la revue auprès des différentes instances; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB412EA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="661E0DE4" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="28"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Recruter, en collaboration avec l’éditeur en chef ou l’éditrice en chef, le personnel d’édition et de révision; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70465D64" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="2A07D785" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Sonder les différentes instances (p. ex., les professeurs et professeures, les réviseurs et réviseuses scientifiques, les auteurs et autrices, éditeurs et éditrices) pour une rétroaction sur les différentes étapes du processus de rédaction et de publication;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5679C2FB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="09E3CE2E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="32"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Assigner les réviseurs et réviseuses, ainsi que les éditeurs et éditrices pertinent(e)s pour le processus de révision des articles;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183A088E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="03696B6B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Coopérer avec l’éditeur en chef ou l’éditrice en chef pour l’ajustement de la charte;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0566DC3F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7E4A9DE4" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Travailler en collaboration avec l’éditeur en chef ou l’éditrice en chef</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>sur tout autre projet qu’il juge ou qu’elle juge pertinent.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561C1A41" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0F98329C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0F280064" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDA4B09" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="4335"/>
         </w:tabs>
         <w:spacing w:after="37"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_heading=h.3rdcrjn" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="11" w:name="_Toc125294793"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Coordonnateur ou coordonnatrice de la revue</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA3A877" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3D7D733C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="37"/>
         <w:ind w:left="1425" w:right="2518" w:hanging="180"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E22256" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="10BA8BE8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="5" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="424BE6D4" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Gérer les site internet et plateforme internet de soumission avec l’aide du responsable ou de la responsable des communications; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F960537" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="5" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Établir les relations de collaboration avec l’École de psychologie et/ou la Faculté afin d’identifier un professeur ou une professeure qui dirigerait la revue; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E32595" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="19530931" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="5" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Élaborer des ententes de respect des principes éthiques et des bonnes pratiques scientifiques pour l’ensemble des membres impliqués dans le comité exécutif et s’assurer que chaque membre ait signé ces ententes; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4925CBC6" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="21945A18" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="5" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Faire le suivi des dossiers administratifs nécessaires à la crédibilité scientifique de la revue (droits d’auteur, libre accès, partage avec la bibliothèque, identification dans les logiciels de recherche, principes de transparence, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A075481" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="53511486" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="32"/>
         <w:ind w:right="5" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Travailler de pair avec le responsable ou la responsable des finances pour la gestion des ressources mobilières et immobilières, s’il y a lieu; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1641B015" w14:textId="6E43B572" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:t xml:space="preserve">Travailler de pair avec le responsable ou la responsable des finances pour la gestion des ressources mobilières et immobilières, s’il y a lieu; Élaborer et mettre à jour les contrats d’édition pour assurer la cessation des droits patrimoniaux des articles acceptés auprès des auteurs et autrices et les entreposer sécuritairement au sein du local de la revue; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688D2F4B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...24 lines deleted...]
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="5" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Collaborer avec les responsables des communications et des finances. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15044608" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0B5C4F8E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="5FFF622B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F649F00" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3145"/>
         </w:tabs>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_heading=h.26in1rg" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="12" w:name="_Toc125294794"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Éditeurs ou éditrices</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6365ED7A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0234A77C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="1435" w:right="4066" w:hanging="190"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Quatre à cinq postes sont à pourvoir. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585443B3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3909E37D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="35"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Effectuer le suivi d’un ou de plusieurs articles du début à la fin du processus, tout en épaulant l’équipe de révision scientifique associée à son ou ses articles; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B616D3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4B690907" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Assurer la communication entre son équipe de révision et l’auteur ou l’autrice des articles dont il ou elle est responsable; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B966C99" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="178C417D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="39"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Effectuer une brève révision de plus haut niveau sur le contenu des articles dont il ou elle est responsable; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D12285" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7AB91A1E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="32"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Colliger les propositions de l’équipe de révision et recommander une décision au 2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> tour de révision quant à l’acceptation du manuscrit à l’éditeur ou l’éditrice en chef et l’éditeur ou l’éditrice en chef adjoint(e); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66260262" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="2A2BFC91" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Corriger le français des articles avant l’envoi pour révision finale par un professeur ou une professeure. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B366109" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="74851054" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="503584A3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Effectuer les tâches listées ci-haut conséquemment au Guide pour les éditeurs et éditrices de la revue Psycause.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD05590" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-    <w:p w14:paraId="7BCF94E6" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Assurer que les tâches effectuées par les membres de l’équipe de révision sont conséquentes au Guide pour les réviseurs et réviseuses scientifiques de la revue Psycause.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666F3047" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="1795" w:right="8"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">* Particularité : Les éditeurs et éditrices sont assigné(e)s aux différents articles soumis en fonction de leur expertise dans le domaine abordé dans l’article qu’ils doivent gérer. Cette assignation est effectuée par l’éditeur en chef adjoint ou l’éditrice en chef adjointe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529C121F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="659023B4" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4870128B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1410"/>
           <w:tab w:val="center" w:pos="4128"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_heading=h.lnxbz9" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="13" w:name="_Toc125294795"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.5.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Responsable du contenu complémentaire</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B69CCF" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0E842BD3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="1440" w:right="2576" w:hanging="300"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AAAB09" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7F920282" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="1435" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1435" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13703916" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1F7732A9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:right="1" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Identifier et élaborer des sections complémentaires de la revue consacrées aux articles « Autres » ou « Divers » en lien avec le processus de rédaction scientifique ou tout autre thème qu’il ou elle jugera pertinent avec l’avis du comité; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534AB90A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3ADF3391" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:right="1" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Faire la liaison avec d’autres comités ou instances académiques de contenu (p. ex., JSEP, SQRP, JIRIRI, SAR, SCP). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A98960" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1FCA2808" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2708126D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="296E7307" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3779"/>
         </w:tabs>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_heading=h.35nkun2" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="14" w:name="_Toc125294796"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.6.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Responsable des communications</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB79E76" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0D3FAF42" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="1435" w:right="3630" w:hanging="190"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1487ED53" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5F33370A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Trier les courriels et s’assurer de prévenir les personnes concernées; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA85189" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4AD36016" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Gérer le site Internet en fonction des différentes décisions et indications du coordonnateur ou de la coordonnatrice de la revue; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7D4CBA13" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:t xml:space="preserve">Gérer le site internet en fonction des différentes décisions et indications du coordonnateur ou de la coordonnatrice de la revue; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1A0396" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Promouvoir et publiciser la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Psycause </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">en identifiant des opportunités de diffusion, et gérer ou déléguer les tâches qui en découlent; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038B6BC8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="430851EE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="31"/>
+        <w:ind w:left="2170" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Organiser les rencontres d’équipe (Doodle, locaux) en collaboration avec l’éditeur en chef ou l’éditrice en chef; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313BF965" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="16B29B52" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Assister l’éditeur en chef ou l’éditrice en chef</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">dans l’organisation et le déroulement des réunions; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DB5AAD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="5CFD4D16" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Effectuer les tâches de secrétariat : Agendas des réunions, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>procèsverbaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E328786" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7C833CF3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Distribuer la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> sur le campus en collaboration avec le ou la responsable des finances; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0385F002" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
-[...20 lines deleted...]
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="37"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Mettre à jour la Charte en fonction des demandes de l’éditeur en chef </w:t>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Mettre à jour la charte en fonction des demandes de l’éditeur en chef </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:ind w:left="2170" w:right="182" w:firstLine="0"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4455256A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="2170" w:right="182"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>l’éditrice</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> en chef. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48382F46" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="11891F30" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2E7A5FEE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547E3972" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3385"/>
         </w:tabs>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_heading=h.1ksv4uv" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="15" w:name="_Toc125294797"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.7.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Responsable des finances</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BEFC96" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="096EAF6C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="1435" w:right="4419" w:hanging="190"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D52FAF7" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="764C7003" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Faire les demandes de subvention en début d’année; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2372BB1C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="6D72229E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Établir le budget prévisionnel annuel et tenir le portrait des finances à jour en tout temps; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0380F1E0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4EA6E73B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="04CBC38B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Mettre à jour le coordonnateur ou la coordonnatrice de la revue sur les différents paiements associés aux dossiers sous sa responsabilité; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7401A88F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Assurer la gestion du compte financier de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause;</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="18196292" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAC65E3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Demander les soumissions et superviser les impressions de l’édition annuelle de la revue; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E741EC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="36CDC40E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="37"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Distribuer la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> sur le campus en collaboration avec le ou la responsable des communications</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="62D8CE21" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE71A0A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-    <w:p w14:paraId="740968B1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Produire les rapports de fin d’année aux contributeurs financiers; -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Apporter son aide au comité interne sur divers aspects du projet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DEBA03" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="28024909" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4592F0C3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="4101"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_heading=h.44sinio" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="16" w:name="_Toc125294798"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.8.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Responsable de la correction du français</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB8A61F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="312B435B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="1425" w:right="2629" w:hanging="180"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C9FAE2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="63C3BDB8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="1435" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1435" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AA8140" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="67521681" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="4" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Identifier une équipe de correcteurs et correctrices de la langue; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032D433A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="53364AD3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="4" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7A78CCC7" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Assigner des membres de l’équipe de correction aux différents articles prêts pour publication; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E15312" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:right="4" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0754DDCB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Assigner des membres de l’équipe de correction à la correction des sections ne passant pas par le processus de révision scientifique (p. ex., l’éditorial, les remerciements et les sections complémentaires). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333CD240" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:right="4" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="5DCD63BA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Assurer que les tâches effectuées par les correcteurs et correctrices sont conséquentes au Guide du correcteur et de la correctrice de la revue Psycause.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5AACA1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B77AC24" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="149D6BFD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3466"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_heading=h.2jxsxqh" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="17" w:name="_Toc125294799"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.9.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Local de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2913A531" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="76449808" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="66"/>
         <w:ind w:right="92" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Le comité interne de la revue possède un local situé au FAS-938. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B5008B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="408963EA" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="92" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Il est de la responsabilité d’assurer une présence physique hebdomadaire d’un des membres du comité interne afin d’épauler les auteurs et autrices ou membres de l’équipe de révision qui ont besoin d’aide. Cette présence devrait être partagée du mieux possible entre les membres. -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Le local sert aussi de lieu de lieu d’entreposage des documents importants, notamment des contrats d’édition ou de toute autre </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CAEF55" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00082E8F">
+      <w:pPr>
+        <w:sectPr w:rsidR="00082E8F" w:rsidRPr="009A0BBA">
+          <w:headerReference w:type="even" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="even" r:id="rId22"/>
+          <w:footerReference w:type="default" r:id="rId23"/>
+          <w:headerReference w:type="first" r:id="rId24"/>
+          <w:footerReference w:type="first" r:id="rId25"/>
+          <w:footnotePr>
+            <w:numRestart w:val="eachPage"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1449" w:right="1437" w:bottom="1833" w:left="1440" w:header="137" w:footer="219" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="114C7C3A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="2170" w:right="182"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Il est de la responsabilité d’au moins un membre du comité interne d’assurer une présence physique hebdomadaire à ce local afin d’épauler les auteurs et autrices ou membres de l’équipe de révision qui ont besoin d’aide. Cette présence devrait être partagée du mieux possible entre les membres. </w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="64D59F76" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> administrative dont le coordonnateur ou la coordonnatrice de la revue est le ou la principal(e) responsable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4689B9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="72535C6A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="331E5114" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1470"/>
           <w:tab w:val="center" w:pos="2606"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_heading=h.z337ya" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="18" w:name="_Toc125294800"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.10.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Élections</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030D3397" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="2D19420F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Le comité interne de la revue</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Psycause</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2C80DCAE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> détient tous les droits pour l’élection des membres du comité exécutif. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D081277" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Les élections se déroulent dans un contexte de collégialité, où toutes les candidatures sont considérées également, dans une optique démocratique. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="669EDB39" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="79B930F9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="774D0CA5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Le comité interne a le pouvoir de créer un nouveau poste, selon le besoin. Ce dernier doit éventuellement être ajouté à la charte de la revue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5098C72D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="61EB0835" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101DF9F8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1470"/>
           <w:tab w:val="center" w:pos="2673"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_heading=h.3j2qqm3" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="19" w:name="_Toc125294801"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.1.11.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Démission</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A6B33F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="690B52CB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Tout membre interne de la revue</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> peut démissionner de ses fonctions. Le cas échéant, il doit en aviser l’éditeur en chef ou l’éditrice en chef et assurer une bonne transition avec son successeur, notamment en lui communiquant toutes les informations pertinentes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66373121" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="72741C52" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">La substitution d’un membre élu doit se faire par des élections. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E64B67F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="6B6F692D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="28BA1B7A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C22D910" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2702"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_heading=h.1y810tw" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="20" w:name="_Toc125294802"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Postes du comité externe</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06BCDC2F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4FEDFC13" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3702"/>
         </w:tabs>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_heading=h.4i7ojhp" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="21" w:name="_Toc125294803"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.2.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Éditeurs ou éditrices associé(e)s</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1657A7C8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="77EC46C1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="1435" w:right="3580" w:hanging="190"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Le nombre de postes à pourvoir peut varier. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCC59AE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3E6362DC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="2145" w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Effectuer les tâches d’un éditeur ou d’une éditrice sans siéger sur le comité interne. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299940A1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...7 lines deleted...]
-    <w:p w14:paraId="775120D9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="05D4586F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="1795" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">* Particularité : Ce poste est à pourvoir seulement si le nombre de soumissions à la revue dépasse la capacité de gestion de l’équipe éditoriale. La décision d’ajouter un tel poste revient à l’éditeur en chef ou l’éditrice en chef selon les recommandations de l’éditeur en chef adjoint ou de l’éditrice en chef adjointe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E514AE1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7E662628" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB26830" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3984"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_heading=h.2xcytpi" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="22" w:name="_Toc125294804"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.2.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Correcteurs et correctrices du français</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD2BA27" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0A53DA19" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="1440" w:right="3096" w:hanging="180"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Le nombre de postes à pourvoir peut varier. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423C3A1E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4DE2B0B2" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="1435" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1435" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8E6379" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0CA17EAC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Corriger les différentes publications de la revue (orthographe, syntaxe, ponctuation); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408AD2E0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+    <w:p w14:paraId="2A855671" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Supervisés par le ou la responsable de la correction du français</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5851EB3D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="28C8C4E0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BA7A38" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3941"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_heading=h.1ci93xb" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="23" w:name="_Toc125294805"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.2.3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Réviseurs ou réviseuses scientifiques</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393595A0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="61EFA83C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="1440" w:right="2912" w:hanging="180"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Deux à trois postes à pourvoir par article soumis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B9E334" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4215E33C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="1435" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1435" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114E380E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5CBB3BAD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Réviser, en fonction de leur expertise, les articles soumis de manière critique et constructive en fournissant des commentaires spécifiques, au sein du texte, et généraux, permettant d’avoir un regard plus global sur le manuscrit; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C935B9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="15ED559C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Connaître, référer et appliquer le Guide de révision de la revue</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Psycause;</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="421EBC5E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF9FB84" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">S’assurer que les normes de l’APA soient respectées (tant sur la forme que sur les pratiques telles que la citation des sources et l’écriture). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D32D97C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="1795" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>* Particularité : Pour chaque article, assigner deux membres des cycles supérieurs et un membre du 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="549F3C4F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> cycle pour la révision scientifique. Ces membres doivent avoir une expérience de recherche pertinente au sujet de l’article et sont assignés par l’éditeur en chef adjoint ou l’éditrice en chef adjointe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CE3E6B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1800" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7BD98BF8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3D5695" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="4478"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_heading=h.3whwml4" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="24" w:name="_Toc125294806"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.2.4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Professeurs réviseurs ou professeures réviseuses</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DBB129" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="052F3F17" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:left="1425" w:right="2064" w:hanging="180"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste à pourvoir par article soumis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E286CB3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0094083C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="1435" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1435" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Tâches : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDF0410" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4A0CA616" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Réviser, en fonction de leur expertise, les articles soumis de manière critique et constructive en fournissant des commentaires spécifiques, au sein du texte, et généraux, permettant d’avoir un regard plus global sur le manuscrit; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59ABCF86" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="624C6DFC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="41"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Référer et appliquer le Guide de révision de la revue</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Psycause;</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2F452F4F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2924599B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w14:paraId="5AB22B2E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">S’assurer que les normes de l’APA soient respectées (tant sur la forme que sur les pratiques telles que la citation des sources et l’écriture). * Particularité : Ces membres professoraux doivent avoir une expérience de recherche pertinente au sujet de l’article et sont assignés par l’éditeur en chef adjoint ou l’éditrice en chef adjointe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728E48DA" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="002F7083" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578DC037" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3682"/>
         </w:tabs>
         <w:spacing w:after="37"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_heading=h.2bn6wsx" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="25" w:name="_Toc125294807"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.2.5.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Responsable de la mise en page</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36FBFB2D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7413E2E8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="37"/>
         <w:ind w:left="1440" w:right="3658" w:hanging="180"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Un poste est à pourvoir. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDFBFEB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...17 lines deleted...]
-    <w:p w14:paraId="51D2890A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="39F4D1D2" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-        <w:t>Effectuer la mise en page des différentes éditions de la revue en format .</w:t>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Effectuer la mise en page finale de l’édition imprimable et publiable en format </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>pdf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="14E0296A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> de la revue; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002242BB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w14:paraId="76A186BF" w14:textId="7D38078E" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">S’assurer que les différentes éditions soient distinguables; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D66A074" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Vérifier que toutes les informations de type légal (ISSN, licences de droits d’auteurs et de Creative Commons) figurent aux endroits convenables dans la revue.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2526558A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="1795" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">* Particularité : Plusieurs options possibles pour occuper ce poste : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019D19A5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4AAC575D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="02ED923B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Option 1 (idéalement) : avoir une personne avec expérience préalable en graphisme ou mise en page. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A06885" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="35"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Option 2 (À vérifier) : faire affaire avec l’agence Préambule UL. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0F9941" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="34D69913" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="34"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Option 3 : payer l’accès au logiciel de graphisme et charger un membre (sans expérience) de l’équipe actuelle pour le faire. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44774451" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="27BB30D1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Option 4 : engager un étudiant ou une étudiante en graphisme. -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Option 5 : engager un graphiste. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F0ADA3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="534C7D45" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="1C4224DA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386E9483" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="2606"/>
         </w:tabs>
         <w:spacing w:after="33"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_heading=h.qsh70q" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="26" w:name="_Toc125294808"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.2.6.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Élections</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308C827B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="05443445" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Toute personne qui souhaite s’impliquer auprès de la revue</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Psycause</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="197686DF" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> et qui possède des compétences nécessaires et suffisantes peut se voir offrir un rôle approprié au sein du comité. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2495E3E8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">L’adhésion se fait à la suite de l’approbation à majorité simple du comité interne. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7320D8D9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="2554EE89" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E2BF3BE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464FBA89" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="2720"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_heading=h.3as4poj" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="27" w:name="_Toc125294809"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>2.2.7.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Démissions</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0732A40E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7BB3FF85" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="178" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Tout membre externe de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> peut démissionner de ses fonctions. Le cas échéant, il doit en aviser l’éditeur en chef ou l’éditrice en chef et assurer une bonne transition avec son successeur ou sa successeure, notamment en lui communiquant toutes les informations pertinentes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCC735F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
-[...6 lines deleted...]
-    <w:p w14:paraId="0A72C587" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="435E84C8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2532"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_heading=h.1pxezwc" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="28" w:name="_Toc125294810"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Processus de décision</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7010807D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1C18C30D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="441E414F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Les décisions prises concernant le fonctionnement général de la revue peuvent être prises par l’éditeur en chef ou l’éditrice en chef. Cependant, ce dernier doit en aviser les membres du comité interne et, si ces derniers s’opposent à cette décision, ils sont en droit de demander un vote.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFF8DC1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="57BC3DF4" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Les décisions prises concernant le contenu de la revue doivent être discutées en rencontres du comité interne. Si un membre s’oppose, il ou elle est en droit de demander un vote.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EE229E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Les décisions votées doivent être approuvées par majorité simple. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA193B4" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="34B2EAD4" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="30AC46F8" w14:textId="4B674339" w:rsidR="002010D9" w:rsidRDefault="00EF423C" w:rsidP="00541769">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE7A25A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
-          <w:tab w:val="center" w:pos="3119"/>
+          <w:tab w:val="center" w:pos="3599"/>
         </w:tabs>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_heading=h.49x2ik5" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="29" w:name="_Toc125294811"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00541769">
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Période maximale d’occupation des postes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2B6532" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="274C40A5" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="38" w:line="248" w:lineRule="auto"/>
         <w:ind w:right="180" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="07D6057C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Il n’existe pas de période maximale d’occupation d’un poste. Cependant, à chaque année, lors du début de la session d’automne, les postes du comité interne doivent être votés de nouveau. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3358CDA3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
-[...13 lines deleted...]
-          <w:numId w:val="25"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:right="180" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7F58EACB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">L’ancienneté des membres n’a aucun poids décisionnel sur le vote; le vote doit en revanche se faire dans le but d’assurer et de promouvoir la pérennité et l’avancement de la revue. Le vote se fait à majorité simple. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D5BBEE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="11" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529791DF" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="29"/>
+        <w:ind w:left="1795" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">* Particularité : Le mandat est de deux ans, dans le but d’assurer la pérennité de la revue, une bonne direction de l’équipe et un processus fluide. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC3EDF5" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11347718" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="468C9098" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="3951"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_heading=h.2p2csry" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="30" w:name="_Toc125294812"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="24C98540" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Fonctionnement du processus de révision par les pairs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC2DF02" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2646"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="62099E32" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59C6E539" w14:textId="6E0479D5" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2646"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Types d’articles et processus de révision</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2606DBFA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3E549266" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="1800" w:right="182" w:hanging="540"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.1.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Articles de l’édition régulière</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7031CA4D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-      <w:pPr>
+    <w:p w14:paraId="36EE8C93" w14:textId="77777777" w:rsidR="0023015D" w:rsidRPr="001974A1" w:rsidRDefault="009A0BBA" w:rsidP="0023015D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:left="2155" w:right="181" w:hanging="369"/>
-      </w:pPr>
-[...14 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’édition régulière de </w:t>
+      </w:r>
+      <w:r w:rsidR="0023015D" w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>la revue P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sycause accepte les types d’articles </w:t>
+      </w:r>
+      <w:r w:rsidR="0023015D" w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scientifiques </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suivants : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3EF0FB" w14:textId="77777777" w:rsidR="0023015D" w:rsidRPr="001974A1" w:rsidRDefault="0023015D" w:rsidP="0023015D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:right="181"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>Articles empiriques</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D00ACE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-      <w:pPr>
+    <w:p w14:paraId="4415FC08" w14:textId="77777777" w:rsidR="0023015D" w:rsidRPr="001974A1" w:rsidRDefault="0023015D" w:rsidP="0023015D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:right="181"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve">Revues narratives, de portée ou revues systématiques </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163B37FC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-      <w:pPr>
+    <w:p w14:paraId="4DE80460" w14:textId="797CB482" w:rsidR="0023015D" w:rsidRPr="001974A1" w:rsidRDefault="0023015D" w:rsidP="0023015D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:right="181"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001974A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>Lettres ouvertes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DF8C65" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
-[...8 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4025DE88" w14:textId="77777777" w:rsidR="0023015D" w:rsidRPr="0023015D" w:rsidRDefault="0023015D" w:rsidP="0023015D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2880" w:right="181" w:firstLine="0"/>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:pBdr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D8132F6" w14:textId="2B3FE95B" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="0023015D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2155" w:right="181" w:firstLine="0"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="05BF1B40" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Les articles soumis à la revue Psycause pour l’édition régulière passent par un processus de révision rigoureux. Chaque manuscrit est d’abord assigné à une éditrice ou un éditeur de la revue. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Le comité éditorial est ensuite responsable d’identifier deux réviseurs ou réviseuses scientifiques issu(e)s de la communauté étudiante, dont un doit obligatoirement être aux études supérieures et posséder une expertise pertinente au sujet de l’article. Un à deux tours de révision sont habituellement effectués par cette équipe. Une fois le manuscrit suffisamment peaufiné et amélioré, ce dernier est envoyé à un membre du corps professoral ou à une personne qui possède le titre de docteur (Ph. D. ou D. Psy.) dont l’expertise est pertinente au sujet de l’article. Le processus se fait en double aveugle, c’est-à-dire que les auteurs ne connaissent pas l’identité des réviseurs ou réviseuses et que ces derniers ne connaissent pas non plus l’identité de l’auteur, puisque le manuscrit est anonymisé par l’éditeur ou éditrice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708CF463" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:ind w:right="181"/>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:pBdr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A885ED1" w14:textId="066DD8C4" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2155" w:right="181" w:firstLine="0"/>
-      </w:pPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="753D8C07" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Les articles sont évalués à l’aide de documents disponibles dans la section « documents divers » du site web de Psycause, c’est-à-dire la grille de révision appropriée au type d’article et le Guide pour la révision scientifique</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0BBA">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> Pour répondre aux révisions, il est requis d'écrire une lettre de réponse, pour laquelle un gabarit est disponible au même endroit. Il est à noter que, bien que le processus de révision soit pédagogique et qu'il vise à offrir la chance aux étudiantes et étudiants moins expérimenté(e)s de publier au sein de la revue, un manuscrit peut cependant être refusé à toute étape de la révision scientifique. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CAA64A6" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514"/>
+    <w:p w14:paraId="7FE3FD48" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="1800" w:right="182" w:hanging="540"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>3.1.2. Articles de l’édition spéciale Recherche dirigée</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5531EFF1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-      <w:pPr>
+    <w:p w14:paraId="6878B036" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:pBdr>
-[...30 lines deleted...]
-    <w:p w14:paraId="77CEC3A5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+        <w:ind w:left="2143" w:right="181" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Chaque année, la revue Psycause propose aux étudiants du cours PSY-3151 : Recherche dirigée de l’Université Laval de publier les résultats de leurs travaux sous format d’un résumé d’une longueur maximale de 2000 mots. Ces articles sont soumis à un tour de révision par les pairs et sont considérés comme des résumés scientifiques. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le processus se fait en double aveugle, c’est-à-dire que les auteurs ne connaissent pas l’identité des réviseurs ou réviseuses, et que ces derniers ne connaissent pas non plus l’identité de l’auteur, puisque le manuscrit est anonymisé par les éditeurs ou éditrices en chef. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790CE799" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
+      <w:pPr>
+        <w:ind w:right="181"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1DCC91" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="2143" w:right="181" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">La publication d’un résumé long dans le cadre de cette édition n’empêche pas les équipes de resoumettre leur article en format complet dans une autre revue scientifique. Pour ce faire, la revue retient uniquement les droits de distribution et de reproduction rattachés au résumé long, et l’équipe de recherche conserve les droits d’auteurs pour publication ultérieure de leurs travaux dans un format différent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353DDDC6" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:ind w:left="0" w:right="182" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52347BA3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="2171BB97" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="1800" w:right="182" w:hanging="540"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.1.3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Éditoriaux</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42780F3B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-      <w:pPr>
+    <w:p w14:paraId="23364E59" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:pBdr>
-[...8 lines deleted...]
-      <w:r>
+        <w:ind w:left="2143" w:right="181" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Les premières pages de chaque volume régulier publié par la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="12ED1D4F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> comprennent un éditorial servant à donner la position de la revue par rapport à un thème d’actualité, tout en informant les lecteurs de l’orientation générale de la revue pour l’année à suivre. Les éditoriaux sont rédigés par les éditeurs en chef de la revue et sont à visée informative sur l’état de la revue. Certaines particularités s’appliquent au processus d’édition des éditoriaux de la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">. Notamment, les éditoriaux ne sont pas considérés comme des articles scientifiques, et ne sont donc pas assujettis au processus de révision par les pairs. Ces articles sont toutefois soumis à un processus de relecture et de correction par l’équipe de correction linguistique. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75687289" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:ind w:left="1800" w:right="182" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D8A0F21" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="42FEF98A" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="1800" w:right="182" w:hanging="540"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>3.1.4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Articles de vulgarisation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24733E01" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-      <w:pPr>
+    <w:p w14:paraId="4AB80211" w14:textId="51D77CA6" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:pBdr>
-[...9 lines deleted...]
-      <w:r>
+        <w:ind w:left="2143" w:right="181" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Pour répondre à la mission de démocratisation de la psychologie véhiculée par la revue, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        </w:pBdr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> présente des articles de vulgarisation scientifique publiés dans le cadre d’un blogue sur le site Internet de la revue. Ces articles ne sont pas non plus soumis au processus de révision par les pairs, et ne sont pas considérés comme des articles scientifiques. Ces articles sont eux aussi soumis à un processus de relecture et de correction par l’équipe de correction linguistique. Le comité éditorial se réserve le droit de refuser tout article de vulgarisation qu’il juge inapproprié pour publication dans un cadre scientifique.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D5C971" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="2143" w:right="181" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50D8D887" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="73894608" w14:textId="0BC7C8DC" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2646"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t>3.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Fréquence de publication</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F7A3A9" w14:textId="73EC8EA9" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="745090FF" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514" w:rsidP="00BD3514">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="1C4E6476" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Dans le cadre de chaque édition, la revue Psycause publie deux volumes par année, soit un volume régulier, publié au courant de l’été</w:t>
+      </w:r>
+      <w:ins w:id="31" w:author="Léandre Lavoie-Hudon" w:date="2023-01-27T18:21:00Z">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:t>,</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> ainsi que l’édition spéciale Recherche dirigée publiée au début de l’hiver. La revue assure aussi la publication d’articles de vulgarisation scientifique spontanément au courant de l’année. Bien que ce calendrier de publication soit bien établi, la revue se réserve toutefois le droit de retarder le processus de publication dans l’éventualité où des imprévus surviennent au cours de l’année (p.ex., cas de plagiat, tour de révision supplémentaire, etc.). La décision de retarder le processus de publication doit être prise dans l’objectif d’assurer la rigueur et la qualité scientifique des publications distribuées par la revue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD29C66" w14:textId="77777777" w:rsidR="00BD3514" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="1939"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0670C316" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:bookmarkStart w:id="32" w:name="_Toc125294813"/>
+    </w:p>
+    <w:p w14:paraId="1993E0BA" w14:textId="19207432" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BD3514">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="1939"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
-        <w:t>3.3.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="00BA4325" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4325" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4325" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BA4325" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BA4325" w:rsidRPr="009A0BBA">
         <w:t>Processus</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="00BA4325" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF8C9A8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5920FA50" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="656EAC76" wp14:editId="61DB2320">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="163FE7C7" wp14:editId="2CAB8381">
             <wp:extent cx="5814441" cy="2543810"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2226" name="image5.jpg"/>
+            <wp:docPr id="2217" name="Picture 2217"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.jpg"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="2217" name="Picture 2217"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId26"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5814441" cy="2543810"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="195D0162" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612FB87C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-    <w:p w14:paraId="200ACDCB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC55CB0" w14:textId="68DA489C" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2000"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_heading=h.3o7alnk" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="33" w:name="_Toc125294814"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>3.4.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3514" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Calendrier</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59859945" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...13 lines deleted...]
-    <w:p w14:paraId="7555D291" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7481BE80" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="787BF118" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Automne </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30762A5D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="45DD1FA1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Semaine 2 : Message dans les cours obligatoires de chaque cycle et courriel à tous les membres étudiants et du corps professoral de l’École de psychologie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404400FC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F132B58" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Semaine 3 : Réunion pour le recrutement du comité (interne et externe). Réunion pour le recrutement des auteurs et autrices et de l’équipe de révision scientifique. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE69D2A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Semaine 7 : Date limite pour la soumission des résumés préliminaires. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29281107" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="28"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2D72B03A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Semaine 12 : Date limite pour la soumission des articles (avec extension possible jusqu’à la semaine suivante) et assignation des éditeurs et éditrices par les éditeurs ou éditrices en chef. Envoi anonymisé des manuscrits à l’équipe de révision par chaque éditeur ou éditrice. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0121F8F0" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Semaine 16 : Date limite pour l’envoi des révisions scientifiques aux éditeurs et éditrices (avec extension possible jusqu’à la semaine suivante), anonymisation des révisions et envoi aux auteurs et autrices. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DF7212" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...14 lines deleted...]
-    <w:p w14:paraId="4E27DD94" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0F57B5EE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="41"/>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Hiver </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EB1B6B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="30"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="6A6C43B7" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Semaine 1 : Date limite d’envoi des corrections des auteurs et autrices aux éditeurs et éditrices, renvoi à l’équipe de révision pour un nouveau tour de révision. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0087A071" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="29" w:line="251" w:lineRule="auto"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="566EB239" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Semaine 3 : Date limite pour l’envoi des nouvelles révisions scientifiques aux éditeurs et éditrices et renvoi aux auteurs et autrices. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E22D299" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="30"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Semaine 4 : Date limite d’envoi des nouvelles corrections des auteurs et autrices aux éditeurs et éditrices. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB82060" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="48F61AFA" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Semaine 5 : Vérification du respect des demandes de l’équipe de révision, décision finale de l’éditeur ou de l’éditrice avec l’autorisation des éditeurs ou éditrices en chef, correction du français de l’éditeur. Envoi aux professeur(e)s responsables de la révision finale. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BF03C1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="2475B8EC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w14:paraId="0BFFC6C7" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Semaine 7 : Date limite du renvoi de la révision finale des professeur(e)s aux éditeurs et éditrices; renvoi des articles révisés par les professeur(e)s aux auteurs et autrices. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5343EFE1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="28"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Semaine 8 : Date limite de renvoi des corrections des auteurs et autrices aux éditeurs et éditrices de la version finale (le cas échéant, si le manuscrit ne répond pas suffisamment aux révisions des professeur(e)s, faire plus d’un tour en s’assurant de respecter l’échéance). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E797497" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="705662C7" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="447ABCD1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Semaine 9 : Date limite de révision du français par l’équipe de correcteurs du français. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D18568B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Semaine 10 : Date limite de mise en page par le ou la responsable de la mise en page. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AA706C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="69BCDBD9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Semaine 11 : Vérification finale par les éditeurs ou éditrices en chef de la revue</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Psycause </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">et de l’ensemble du comité interne. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA7B88D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0D4B0D5E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Semaine 12 : Impression et distribution de l’édition. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395FC07B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="251C272A" w14:textId="365BDA03" w:rsidR="00CB1339" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325" w:rsidP="00BD3514">
       <w:pPr>
         <w:spacing w:after="10" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="730" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="730" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>* À moins d’indication contraire, les dates limites tombent le vendredi de la semaine indiquée</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1339" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2967FE8F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="38963811" w14:textId="1FD872E0" w:rsidR="00CB1339" w:rsidRPr="009A0BBA" w:rsidRDefault="00CB1339" w:rsidP="00CB1339">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2492"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_heading=h.23ckvvd" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="34" w:name="_Toc125294819"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>3.5.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0016407A" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Glossaire des termes</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159D7F8E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3F646948" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="33"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Soumission : Envoi d’un manuscrit ou d’un résumé à des fins d’évaluation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563328A0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0A27BA8A" w14:textId="1DF8C378" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="03AA6B41" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Résumé : Manuscrit abrégé d’un maximum de 200 mots résumant le contenu de l’article qui sera éventuellement soumis pour évaluation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6F8611" w14:textId="19FFDCCF" w:rsidR="000D22F1" w:rsidRPr="009A0BBA" w:rsidRDefault="000D22F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="3BE14A05" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Résumé long : Manuscrit abrégé d’un maximum de 2000 mots résumant le contenu de l’article. Le résumé long est soumis à une évaluation par les pairs de constitue une publication à part entière.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312BE945" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="32"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Article : Manuscrit scientifique complet, pouvant prendre différentes formes (p. ex., article empirique, recension des écrits, recension systématique des écrits, méta-analyse, étude de cas ou lettre ouverte) soumis pour évaluation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE17E81" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7CA0CB30" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="01BEE8CB" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Révision : Processus d’évaluation d’un article conduit par l’équipe de révision scientifique, qui, en vertu de son expertise, émet des commentaires critiques et constructifs tant sur le contenu que sur la forme dudit article. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9FE972" w14:textId="3E30D9C6" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="13F563A1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Correctifs ou corrections : Modifications d’un article </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:t>à la suite des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> révisions effectuées par les membres de l’équipe de révision. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CBA1BD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Publication : Partage de l’ensemble des articles faisant partie d’un même numéro de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Psycause </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">au grand public, via les plateformes de diffusion internet et les copies papiers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FBCD97" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4308BC02" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220AE9E2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="41216561" w14:textId="37C1C9BE" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2646"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_heading=h.ihv636" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="35" w:name="_Toc125294820"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>3.6.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0016407A" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Organisation du travail</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BB3648" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="393B0D1C" w14:textId="69EB9656" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="1800" w:right="182" w:hanging="540"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc125294821"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>3.6.1.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0016407A" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Réunions</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041E1DF5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="2972C0F7" w14:textId="151D3708" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00CA0526">
       <w:pPr>
         <w:ind w:left="1800" w:right="182" w:hanging="540"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="12700384" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">- Les réunions s’organisent au besoin, à la demande des éditeurs ou éditrices en chef, ou d’autres membres du comité, en prenant en compte les disponibilités de la majorité (possibilité de réunions de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>souscomités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32619CBF" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="6E43ABAD" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C71D22" w14:textId="49B80913" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="2980"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_heading=h.1hmsyys" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="37" w:name="_Toc125294822"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>3.6.2.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0016407A" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Communications</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351E0C0D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="22B581B6" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Les coordonnées sont rassemblées dans un document commun sur le Google Drive partagé entre les membres (internes) de la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC12078" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="283DED39" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="78077BF3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Toutes les communications se font à l’aide du courriel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>ULaval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> des étudiants et étudiantes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC26FD5" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="522B09BE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40492D33" w14:textId="39C398D6" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1530"/>
           <w:tab w:val="center" w:pos="3185"/>
         </w:tabs>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_heading=h.41mghml" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="38" w:name="_Toc125294823"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>3.6.3.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0016407A" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Documents de travail</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5821B096" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5257C9CE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Tous les documents de travail sont rassemblés dans un Google Drive sous l’appellation </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Revue Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">, organisés et partagés par le comité interne. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F806048" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0CE5BA3B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Chaque poste bénéficie d’un guide explicatif, parmi les documents de travail, expliquant la nature des rôles et des tâches qu’ils doivent faire. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFA7251" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="64262D77" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="15003DD5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27AB2BBD" w14:textId="4E7A244D" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="2145" w:right="77" w:hanging="900"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_heading=h.2grqrue" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="39" w:name="_Toc125294824"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0016407A" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Entente de respect des principes éthiques et des bonnes pratiques</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>scientifiques</w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4550D4E4" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="6CB9AEA6" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Chaque membre du comité exécutif doit signer une entente garantissant le respect des principes éthiques et des bonnes pratiques scientifiques. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6E10F7" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="2170" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Ces principes concernent le respect des droits d’auteur, de la confidentialité, des principes éthiques de la recherche et la garantie que le travail effectué est toujours fait en vue d’assurer la qualité du matériel publié par la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="490417BA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8D948B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Ces ententes, élaborées par le coordonnateur ou la coordonnatrice de la revue, sont rendue publique et permettent de souligner la qualité de la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0F1FCD" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="618876E7" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0843BE2A" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B467706" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E2F7B3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="69510BBA" w14:textId="4A345489" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="2085"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc125294825"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="13FA1783" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t>Crédibilité scientifique</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549BECA7" w14:textId="77777777" w:rsidR="004D612D" w:rsidRPr="009A0BBA" w:rsidRDefault="004D612D" w:rsidP="004D612D"/>
+    <w:p w14:paraId="199BA856" w14:textId="25C7D222" w:rsidR="004D612D" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325" w:rsidP="006E3510">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="1799"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="41" w:name="_Toc125294826"/>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:t>4.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:t>Critères d’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:t>autorat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F86704" w:rsidRPr="009A0BBA">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008A7DAA" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pour être inscrit en tant qu’auteur ou autrice sur une publication scientifique publiée dans la revue </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Pour </w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">être inscrit en tant qu’auteur sur une publication scientifique publiée dans la revue </w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>, une personne doit avoir contribué de manière significative au manuscrit en question. Une contribution significative se définit par la participation à au moins une des trois étapes suivantes : (1) la conception et la mise en place du plan de travail, (2) la réalisation des expérimentations ou la collecte de données et (3) l’analyse et l’interprétation des résultats. En plus de sa participation à une de ses trois étapes, l’auteur doit participer à la rédaction ou à la révision critique du contenu intellectuel du document, donner son approbation à la version finale du document et être en mesure de défendre les grandes lignes du document et le contenu correspondant à sa contribution. Le rôle de chaque auteur dans le processus de publication devrait être clairement indiqué à la fin de l’article dans un paragraphe intitulé « Contribution des auteurs » à la suite de la conclusion de l’article. Les critères d’</w:t>
+        <w:t>, une personne doit av</w:t>
+      </w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>oir contribué de manière</w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significative à l’article en question. Une contribution significative </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7DAA" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>se définit par la participation à au moins une des trois étapes suivantes</w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7DAA" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>(1) la conception et la mise en place du plan de travail, (2) la réalisation des expérimentations ou la collecte de données et (3) l’analyse et l’interprétation des résultats</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA08C9" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7DAA" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> En plus de sa participation à une de ses trois étapes, l’auteur doit participer à la rédaction ou à la révision critique du contenu intellectuel du document, donner son approbation à la version finale du document et être en mesure de défendre les grandes lignes du document et le contenu correspondant à sa contribution.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA08C9" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le rôle de chaque auteur dans le processus de publication devrait être clairement indiqué à la fin de l’article</w:t>
+      </w:r>
+      <w:r w:rsidR="006E3510" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA08C9" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>un paragraphe intitulé « Contribution des auteurs » à la suite de la conclusion de l’article.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les critères d’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>autorat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de la revue </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> de la revue Psycause sont en </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>adhérence</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> s’appuient sur les Principes directeurs sur la reconnaissance des auteurs d’une publication de l’Université Laval (</w:t>
-[...2 lines deleted...]
-        <w:r>
+        <w:t xml:space="preserve"> avec les Principes directeurs sur la reconnaissance des auteurs d’une publication de l’Université Laval(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:b w:val="0"/>
-            <w:color w:val="0563C1"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.services-recherche.ulaval.ca/politiques-et-reglements/principes-directeurs-sur-la-reconnaissance-des-auteurs-dune-publication</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A12FE3" w14:textId="73B70ED3" w:rsidR="00EA08C9" w:rsidRPr="009A0BBA" w:rsidRDefault="00EA08C9" w:rsidP="00EA08C9">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C09C0D" w14:textId="27132F65" w:rsidR="00EA08C9" w:rsidRPr="009A0BBA" w:rsidRDefault="006E3510" w:rsidP="004071C7">
+      <w:pPr>
+        <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>L’</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA08C9" w:rsidRPr="009A0BBA">
+        <w:t>attribution du statut d’auteur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> à une personne</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA08C9" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">n’ayant </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2871" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">pas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">contribué de manière significative ou n’ayant </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA08C9" w:rsidRPr="009A0BBA">
+        <w:t>participé à aucune étape de l’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>article soumis est passible du retrait de la personne de la liste des auteurs, et ce, sous réserve d’une décision du comité éditorial. Le comité éditorial se réserve le droit de questionner l’équipe de recherche afin d’avoir plus d’informations sur la contribution des auteurs préalablement à la prise de décision. Dans l’occurrence d’un</w:t>
+      </w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> manquement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> à l’intégrité scientifique par l’équipe de recherche, le comité éditorial se réserve le droit de procéder à la rétraction de l’article soumis du processus de publication</w:t>
+      </w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:t>, et ce,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> en conformité avec les bonnes pratiques et les principes du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Com</w:t>
+      </w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ittee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on Publication </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (COPE</w:t>
+      </w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-    </w:p>
-[...49 lines deleted...]
-        <w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Pour plus d’informations en lien avec les potentiels problèmes quant à la contribution des auteurs à un article scientifique, </w:t>
+      </w:r>
+      <w:r w:rsidR="00513359" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">il est possible de se </w:t>
+      </w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:t>référe</w:t>
+      </w:r>
+      <w:r w:rsidR="00513359" w:rsidRPr="009A0BBA">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> au document suivant :  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="004071C7" w:rsidRPr="009A0BBA">
           <w:rPr>
-            <w:color w:val="0563C1"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://publicationethics.org/guidance/Flowcharts?classification=2772</w:t>
+          <w:t>https://publicationethics.org/sites/default/files/recognising-authorship-problems-cope-infographic.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="1DBA65A1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD9E779" w14:textId="77777777" w:rsidR="006E3510" w:rsidRPr="009A0BBA" w:rsidRDefault="006E3510" w:rsidP="00EA08C9">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12D9A02B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="653BC3A6" w14:textId="25BBDDA7" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="004D612D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="1799"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_heading=h.1v1yuxt" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="_Toc125294827"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>4.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="41E23A75" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Plagiat</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CD926B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="1EE9741F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2976E7EB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="7D188606" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">En tant que revue étudiante de l’École de Psychologie de l’Université Laval, il est compris par les auteurs et autrices de la revue, et par l’ensemble des membres de la revue Psycause, que le plagiat enfreint les libertés individuelles des auteurs et autrices et nuit à la diffusion de la science. En adhérence au « Règlement disciplinaire à l’intention des étudiants et étudiantes de l’Université Laval » (Université Laval, 2018), la revue Psycause considère que le plagiat est : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51ABDC11" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="30DAA04C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49264CC5" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> « Emprunter, paraphraser, reformuler ou résumer dans un document ou un travail, en tout ou en partie, les idées, les propos ou l’œuvre d’autrui sans en indiquer la source et sans identifier les passages comme citations, le cas échéant […] » </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4450DC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="5D5BFE2D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2DDEEC2D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D32F1AB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">En tant que revue scientifique, la revue adhère également aux lignes directrices du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> on Publication </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> (COPE), et considère les situations suivantes comme du plagiat :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5C175589" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166E077D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="063944C9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1621FC23" w14:textId="47DB6ACD" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:spacing w:after="56"/>
         <w:ind w:left="2160" w:right="77" w:hanging="600"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_heading=h.4f1mdlm" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="43" w:name="_Toc125294828"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.2.1. </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="5E108897" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:lastRenderedPageBreak/>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Articles publiés AVANT soumission à la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>évaluation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D28742" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Les articles déjà soumis dans une autre revue avec comité d’évaluation par les pairs ne sont pas acceptés. Néanmoins, il est possible d’accepter des résultats qui ont déjà été présentés sous forme de communication orale ou affichée tant que la présentation originale soit citée correctement dans l’article soumis.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...11 lines deleted...]
-        </w:tabs>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179BBFD4" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Il est également possible pour un auteur ou une autrice de soumettre un article sur des données empiriques qui ont été préalablement publiées si l’article soumis à la revue Psycause se distingue suffisamment de l’article initial quant à la question de recherche ou aux analyses effectuées (voir également point 4.1.2 c). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1ADB1E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="478E7E87" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A54E318" w14:textId="7196C1EB" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:spacing w:after="26"/>
-        <w:ind w:left="1428" w:right="77" w:firstLine="1260"/>
-[...3 lines deleted...]
-      <w:r>
+        <w:ind w:left="1428" w:right="77"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc125294829"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.2.2. </w:t>
-[...10 lines deleted...]
-      <w:r>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...67 lines deleted...]
-      <w:bookmarkStart w:id="44" w:name="_heading=h.19c6y18" w:colFirst="0" w:colLast="0"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Articles publiés APRÈS publication dans la revue Psycause</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="44"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.2.3. </w:t>
-[...142 lines deleted...]
-        <w:pStyle w:val="Heading5"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4598D75A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:after="65"/>
-[...11 lines deleted...]
-      <w:r>
+        <w:spacing w:after="27"/>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Les articles qui sont soumis à la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
-          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
-[...213 lines deleted...]
-    <w:p w14:paraId="59085516" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, ne peuvent en aucun cas être soumis tels quels à une autre revue scientifique savante.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138A640D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:pBdr>
-[...21 lines deleted...]
-    <w:p w14:paraId="2FB500D7" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Au moment de la soumission initiale de l’article complet, les auteurs et autrices doivent signer une entente selon laquelle ils ne soumettront pas le même article à une autre revue savante, sans quoi, ils seront confrontés à des sanctions de la part de la revue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Voir Politique sur les </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2CFDB8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sanctions et la Rétraction d’Article). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0E621F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:ind w:right="182" w:hanging="439"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4DEDF565" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Un auteur ou une autrice peut soumettre à une autre revue scientifique savante un article basé sur des données ayant été publiées dans la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Psycause. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>Cependant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, il est primordial que cet article soit clairement distinct, en termes de question(s) de recherche et de méthode(s) d’analyse. Un article reprenant en tout ou en partie les éléments présentés dans un article publié dans la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> pourrait être considéré comme une instance de plagiat si l’article n’est pas suffisamment distinct de celui publié dans la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> ET que la publication initiale n’est pas citée.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED716C8" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C91B020" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1EA1AE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2D52F9" w14:textId="1ECDDB99" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:spacing w:after="27"/>
+        <w:ind w:left="2160" w:right="77" w:hanging="742"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc125294830"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Utilisation de parties de textes sans référencement des auteurs et</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>autrices de la publication originale</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD4EE3B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="32"/>
-[...151 lines deleted...]
-    <w:p w14:paraId="3CEC13DC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Un auteur ou une autrice ne peut utiliser des parties de textes, des phrases ou des paragraphes provenant d’une source qui n’est pas citée. La citation doit être faite selon les normes de l’APA). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C403C1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="32"/>
-[...5 lines deleted...]
-      <w:r>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Un auteur ou une autrice ne peut pas non plus réutiliser une partie de texte que l’auteur ou l’autrice a déjà utilisée dans une autre publication publiée, même si le texte provient de cet auteur ou autrice (auto-plagiat; « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>recyling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> » selon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>BioMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> Central; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>BioMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> Central, 2013). Une partie courte d’une œuvre précédemment publiée, ayant une certaine pertinence à l’article actuel, peut être réutilisée s’il y a une pertinence intrinsèque de le faire et que l’article précédent est correctement référencé (surtout dans le cadre de l’introduction d’un texte; quelques phrases au maximum). Pour éviter tout problème, il est recommandé de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">éditeurs, la revue </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="13BB4813" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:t xml:space="preserve">valider avec l’éditeur responsable de votre article. L’éditeur aura la charge de trancher si la réutilisation de texte est acceptable selon le contexte. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D0F767" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB000AA" w14:textId="5546E6CB" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:spacing w:after="65"/>
+        <w:ind w:left="1428" w:right="77"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc125294831"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D612D" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Mesures pour contrer le plagiat prises par la revue</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E162FDB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Lors de la révision des textes, si l’éditeur ou l’éditrice responsable de l’article ou si l’un des membres de l’équipe de révision a un doute quant à la présence de potentiel plagiat dans un article, il ou elle doit avertir l’éditeur ou l’éditrice en chef de la revue. S’en suivra une décision quant à l’utilisation d’un logiciel de détection de plagiat.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7436C3F0" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>La revue utilisera le logiciel fourni par la bibliothèque de l’Université Laval pour effectuer les vérifications de plagiat.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7407D727" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="34"/>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Dans le cas où : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD5F4DE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Le logiciel rapporte que, sans doute raisonnable, il n’y a pas eu de plagiat dans le manuscrit soumis, il reviendra à l’éditeur ou l’éditrice en chef de concert avec l’éditeur ou l’éditrice responsable de cet article de déterminer si l’auteur ou l’autrice doit ou non être informé(e) de la vérification de plagiat effectué. Cette décision s’effectuera selon si la prise de connaissance de cette décision pourrait avoir des bienfaits académiques pour les auteurs/autrices. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1FD2AD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Le logiciel rapporte que, sans doute raisonnable, il y a eu du plagiat dans le manuscrit soumis, il reviendra à l’éditeur ou l’éditrice en chef, de concert avec l’éditeur ou l’éditrice responsable de cet article, de déterminer l’étendue, l’intention et la gravité du plagiat. Cette démarche et la décision prise par la revue seront effectuées en vertu de la politique de rétraction d’article de la revue (Voir Politique de rétraction de la revue Psycause au point 4.2). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E1EB3A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Le logiciel rapporte un doute raisonnable sur la possibilité de plagiat dans l’article soumis, l’éditeur ou l’éditrice en chef et l’éditeur ou l’éditrice contacteront l’auteur ou l’autrice pour discuter de cette possibilité et de voir la meilleure solution possible. Ceci sera effectué en vertu de la politique de rétraction d’article de la revue (voir Politique de rétraction de la revue Psycause). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5309C245" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="3671"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_heading=h.28h4qwu" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="47" w:name="_Toc125294832"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>4.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="12C8CBAF" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Politique de rétraction de la revue Psycause</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386EC5BC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="54" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="3C3AB6B1" w14:textId="2438D4D0" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA480A9" w14:textId="34E18321" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...53 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">La revue Psycause a à cœur la publication d’articles éthiques et qui respectent le droit d’auteur. Conséquemment, la revue s’est dotée d’une politique de rétraction d’article pour tout article soumis à la revue ou publiés par la revue. Cette politique est basée sur les lignes directrices du COPE. Il est de la compréhension de la revue et des auteurs et autrices que la revue Psycause est une revue académique et se doit de respecter les standards scientifiques pour toute publication. Il est cependant entendu que les auteurs et autrices soient majoritairement des étudiants ou étudiantes. La revue cherche donc à aider tout auteur ou autrice ayant une ou des questions concernant le processus de rétraction. Les questions peuvent être soumises au </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:u w:val="single"/>
+          <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>revuepsycause@psy.ulaval.ca</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337F6E08" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1DE89230" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="3AACF88E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3CF727" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1530"/>
+          <w:tab w:val="center" w:pos="4976"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="_Toc125294833"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>4.2.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Articles soumis à la revue Psycause (AVANT publication)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E28A75" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="1090" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>a.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Publication dupliquée (déjà publiée) ou présence de plagiat </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E66493" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="439"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">En cas de suspicion de plagiat ou de publication dupliquée, les membres de l’équipe de révision peuvent signaler leur doute à l’éditeur ou l’éditrice en chef. L’éditeur ou l’éditrice en chef et l’éditeur ou l’éditrice prendront alors les mesures nécessaires pour établir si l’affirmation est fondée ou non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AD2C7A" w14:textId="569D980A" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="32"/>
+        <w:ind w:right="182" w:hanging="439"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Les procédures « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>What</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> to do if </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> suspect </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>plagiarism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> : a) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Suspected</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>plagiarism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> » (COPE, 2013b) et « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>What</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> to do if </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> suspect </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>redundant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> (duplicate) publication (a) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Suspected</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>redundant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> publication in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> » (COPE, 2016b) élaborées par le COPE seront suivies à la lettre par l’éditeur ou l’éditrice en chef et l’éditeur ou l’éditrice responsable de l’édition de l’article en question à chaque fois qu’une telle situation arrivera (disponible sur la page : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="002D53E9" w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002D53E9" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">). En conformité avec les ententes de principes de la revue, les membres du comité interne de la revue Psycause traiteront chaque interrogation de façon éthique, égalitaire, et juste (voir le document Entente de principe – Comité interne).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F900C53" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="439"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">En cas d’admission de plagiat par l’auteur ou l’autrice, d’explication insatisfaisante ou d’absence de réponse aux requêtes des membres du comité interne, la revue Psycause se réserve le droit de refuser la publication de l’article. Les auteurs ou autrices seront contacté(e)s pour les informer de leur décision. La revue Psycause conservera également une liste des individus ayant commis une infraction et se réserve le droit de refuser la soumission d’un article provenant d’une de ces personnes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6435BB58" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C610E16" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1530"/>
+          <w:tab w:val="center" w:pos="4892"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="_Toc125294834"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>4.2.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Articles publiés au sein de la revue (APRÈS publication)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32664A25" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="1090" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>b.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Publication dupliquée (déjà publiée) ou présence de plagiat </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19373381" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="439"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">En cas de suspicion de plagiat ou de publication dupliquée, le réviseur ou l’éditeur peut signaler son doute à l’éditeur ou l’éditrice en chef. L’éditeur ou l’éditrice en chef et l’éditeur prendront alors les mesures nécessaires pour établir si l’affirmation est fondée ou non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75BF88F8" w14:textId="0ABD4842" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="32"/>
+        <w:ind w:right="182" w:hanging="439"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Les procédures « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>What</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> to do if </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> suspect </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>plagiarism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> : a) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Suspected</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>plagiarism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> » (COPE, 2013b) et « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>What</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> to do if </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> suspect </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>redundant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> (duplicate) publication (a) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Suspected</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>redundant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> publication in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> » (COPE, 2016b) élaborées par le COPE seront suivies à la lettre par l’éditeur ou l’éditrice en chef et l’éditeur ou l’éditrice responsable de l’édition de l’article en question à chaque fois qu’une telle situation arrivera (disponible sur la page : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="002D53E9" w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002D53E9" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">). En conformité avec les ententes de principes de la revue, les membres du comité interne de la revue Psycause traiteront chaque </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">interrogation de façon éthique, égalitaire, et juste (voir le document Entente de principe – Comité interne).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF67945" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:ind w:right="182" w:hanging="439"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">En cas d’admission de plagiat par l’auteur, d’explication insatisfaisante des auteurs ou d’absence de réponse des auteurs aux requêtes des éditeurs, la revue Psycause se réserve le droit de refuser la publication de l’article. Les auteurs seront contactés pour les informer de leur décision. Le Psycause conservera également une liste des différents auteurs ayant commis une infraction et se réserve le droit de refuser la soumission d’un article provenant d’un de ces auteurs </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D972A8D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA33D40" w14:textId="125676FE" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325" w:rsidP="002524B7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="3822"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_heading=h.nmf14n" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="50" w:name="_Toc125294835"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>4.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:spacing w:before="280" w:after="280" w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Licence, droits d</w:t>
+      </w:r>
+      <w:r w:rsidR="002524B7" w:rsidRPr="009A0BBA">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>auteurs et contrat d’édition</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F1A1DA" w14:textId="01529137" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325" w:rsidP="002524B7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Les articles publiés dans la revue </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Psycause </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">sont sujets à une licence Creative Commons en vue de permettre la diffusion libre accès. Cette licence, de type CC-BY 4.0, permet </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>de consulter, lire, télécharger, copier, distribuer, imprimer, rechercher, faire référence ou d'utiliser les articles complets de la présente revue pour toute raison légale sans en demander la permission à la revue ou aux auteurs et autrices desdits articles tant et aussi longtemps que chaque auteur ou autrice du document original à la publication de l’article soit cité(e) et référencé(e) de façon appropriée. Ces règles respectent la définition de libre accès (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Open Access</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) de la </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Budapest Open Access Initiative</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>BOAI</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> Cette licence s’applique à tout document publié par la revue (incluant le présent document). Une notice de licence est disponible en préface du document. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Dans le cadre d’une publication dans la revue </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
-          <w:highlight w:val="white"/>
-[...9 lines deleted...]
-      <w:r>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, l’auteur est titulaire et conserve l’ensemble des droits d’auteurs reliés au contenu de l’article publié. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">À des fins de publication et de visibilité, les auteurs et autrices confèrent à la revue </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:i/>
-          <w:highlight w:val="white"/>
-[...27 lines deleted...]
-          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="54CB76B5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidR="00CA0526" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une licence non exclusive perpétuelle et libre de redevance pour la reproduction, la publication sur support électronique et la distribution, de l’article intégral ou d’extraits de l’article. Le nom des auteurs et autrices accompagnera leur article sur tous les supports de publication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE2D87C" w14:textId="56A87FE2" w:rsidR="000F2873" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325" w:rsidP="000F2873">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2615"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_heading=h.37m2jsg" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="51" w:name="_Toc125294836"/>
+      <w:r w:rsidR="000F2873" w:rsidRPr="009A0BBA">
+        <w:t>4.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2873" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000F2873" w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidR="00E93CFE" w:rsidRPr="009A0BBA">
+        <w:t>Politique d’autoarchivage</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2873" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F53329C" w14:textId="55C95526" w:rsidR="000F2873" w:rsidRPr="009A0BBA" w:rsidRDefault="000F2873" w:rsidP="000F2873"/>
+    <w:p w14:paraId="0E55524A" w14:textId="3ECB7A83" w:rsidR="000F2873" w:rsidRPr="009A0BBA" w:rsidRDefault="00E93CFE" w:rsidP="00E93CFE">
+      <w:pPr>
         <w:ind w:right="4"/>
         <w:rPr>
-          <w:highlight w:val="white"/>
-[...6 lines deleted...]
-        <w:t>La revue, en collaboration avec la Bibliothèque de l’Université Laval, permet l'</w:t>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>La revue, en collaboration avec la Bibliothèque de l’Université Laval, permet l'archivage, la conservation et la diffusion des ouvrages scientifiques au sein de dépôts institutionnels. Le service de dépôt institutionnel permet notamment la préservation à long terme et un libre accès aux communications savantes issues de la revue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Psycause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  À cet effet, les auteurs de cycles supérieurs provenant de l'Université Laval peuvent faire la demander d'archivage de leurs publication dans </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A17558">
-[...9 lines deleted...]
-        <w:t>archivage</w:t>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>CorpusUL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...106 lines deleted...]
-        <w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, le service d'archivage de l'Université Laval. De plus, la revue Psycause utilise aussi les services d'autoarchivage du</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="006798"/>
-            <w:highlight w:val="white"/>
-            <w:u w:val="single"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t> réseau de préservation du </w:t>
         </w:r>
-      </w:hyperlink>
-[...1 lines deleted...]
-        <w:r>
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
-            <w:i/>
+            <w:rStyle w:val="Emphasis"/>
             <w:color w:val="006798"/>
-            <w:highlight w:val="white"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve">Public </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r>
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
-            <w:i/>
+            <w:rStyle w:val="Emphasis"/>
             <w:color w:val="006798"/>
-            <w:highlight w:val="white"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Knowledge</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r>
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
-            <w:i/>
+            <w:rStyle w:val="Emphasis"/>
             <w:color w:val="006798"/>
-            <w:highlight w:val="white"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve"> Project </w:t>
         </w:r>
-      </w:hyperlink>
-[...1 lines deleted...]
-        <w:r>
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="006798"/>
-            <w:highlight w:val="white"/>
-            <w:u w:val="single"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>(PKP)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="240A388E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> pour la préservation digitale de ses articles dans l'éventualité où la revue met fin à ses fonctions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F27BB99" w14:textId="77777777" w:rsidR="00E93CFE" w:rsidRPr="009A0BBA" w:rsidRDefault="00E93CFE" w:rsidP="00E93CFE">
       <w:pPr>
         <w:ind w:right="4"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="372867E5" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04DB0AE1" w14:textId="2475E7CF" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="000F2873">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2615"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
-        <w:t>4.6.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4.5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="24267A89" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Politique de libre accès</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623D15AE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:spacing w:after="63" w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C759A09" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="63"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...54 lines deleted...]
-    <w:p w14:paraId="35EA7348" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Tel qu’indiqué dans les contrats signés pour la cessation des droits d’auteurs par les auteurs et autrices des articles publiés dans la revue, la revue Psycause est une revue à libre accès, c.-à-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A345B4" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">d. qu’aucun abonnement ni dépense ne sont requis pour accéder à son contenu. Il est également à noter qu’aucun frais n’est encouru pour publier au sein de la revue Psycause. La revue Psycause vise à respecter l’ensemble des critères sur le libre accès tels qu’établis par la Déclaration de Budapest (Chan et coll., 2002).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B5DC96" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7E556F7D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BDC4A4C" w14:textId="36BF2AC2" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2259"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>4.7.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2873" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Financement, frais et revenus </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2EA3028D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B37" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>inancement, f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">rais et revenus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1B1D5B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA5A3AE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="6407C248" w14:textId="31D45FB4" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325" w:rsidP="00DE6B37">
       <w:pPr>
         <w:spacing w:after="268"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>La provenance des revenus de la revue Psycause est publique. Les demandes de financement, sous la responsabilité du ou de la responsable des finances, sont effectuées en début d’année d’étude (session d’automne).</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B37" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> Les principales sources de financement de la revue sont les suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B5268B" w14:textId="77777777" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00DE6B37" w:rsidP="00DE6B37">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>Les Fonds d’Investissement Étudiants (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>FIÉs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...4 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>) de premier cycle et des cycles supérieurs de la Faculté des sciences sociales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78945991" w14:textId="77777777" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00DE6B37" w:rsidP="00DE6B37">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>L’École de psychologie de l’Université Laval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3CFCEB" w14:textId="77777777" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00DE6B37" w:rsidP="00DE6B37">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>L’Association des étudiantes et des étudiants de premier cycle en psychologie de l’Université Laval (AEEPCPUL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509BC365" w14:textId="364C3A23" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00DE6B37" w:rsidP="00DE6B37">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-    <w:p w14:paraId="36ECE32D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>L’Association des étudiantes et des étudiants aux cycles supérieurs en psychologie de l’Université Laval (ACSPUL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255F2D54" w14:textId="77777777" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00DE6B37" w:rsidP="00DE6B37">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:right="182" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6441D412" w14:textId="001B259A" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="268"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve"> Les différentes dépenses encourues par la revue se limitent aux éléments suivants : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D418EE" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4C71903A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Impression des copies papiers; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCD33AF" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="3BB6EB2B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Impression de matériel promotionnel; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A449684" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="7368B240" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="29"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Utilisation de certains logiciels de graphisme; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444F2CE8" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="128B3518" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="31"/>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Frais liés au logiciel de plagiat; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7A89CA" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="0180864E" w14:textId="1371AA0E" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:right="182" w:hanging="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t xml:space="preserve">Achat de support pour rendre disponibles les copies papiers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7404C520" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+    <w:p w14:paraId="0A9598E8" w14:textId="2817AA24" w:rsidR="002524B7" w:rsidRPr="009A0BBA" w:rsidRDefault="002524B7" w:rsidP="002524B7">
       <w:pPr>
         <w:ind w:left="708" w:right="182" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="760B460C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+    <w:p w14:paraId="51AB2E98" w14:textId="54546438" w:rsidR="002524B7" w:rsidRPr="009A0BBA" w:rsidRDefault="002524B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2125"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="298B2A14" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AAD14BC" w14:textId="0B789FC7" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="002524B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="2125"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>4.8.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2873" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Gouvernance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADA1482" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="1D014532" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B51B7DC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="54C84663" w14:textId="06BC1085" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:line="309" w:lineRule="auto"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="09075DB3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>La revue Psycause est indépendante de toute instance de gouvernance spécifique et</w:t>
+      </w:r>
+      <w:r w:rsidR="003B29FD" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> est</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> régie par l’ensemble des membres du comité </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="52"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>interne</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="52"/>
+      <w:r w:rsidR="001C4F50" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="52"/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28293C00" w14:textId="50EFA2EB" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00DE6B37">
+      <w:pPr>
+        <w:spacing w:line="309" w:lineRule="auto"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1449DFD3" w14:textId="4BA0E73D" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="00DE6B37">
+      <w:pPr>
+        <w:spacing w:line="309" w:lineRule="auto"/>
+        <w:ind w:right="182"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">            4.9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Gestion des conflits d’intérêt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597972AE" w14:textId="77777777" w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA" w:rsidRDefault="003B29FD" w:rsidP="00BE6EFD">
+      <w:pPr>
+        <w:spacing w:line="309" w:lineRule="auto"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>La revue Psycause accepte les publications de membres du comité exécutif</w:t>
+      </w:r>
+      <w:r w:rsidR="006B07D9" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> de la revue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>. Toutefois, les auteurs sont dans l’obligation de déclarer leurs conflits d’intérêt dans le texte de l’article et d</w:t>
+      </w:r>
+      <w:r w:rsidR="006B07D9" w:rsidRPr="009A0BBA">
+        <w:t>oivent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> prendre les moyens nécessaires pour gérer lesdits conflits. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFAED35" w14:textId="7516A5F1" w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA" w:rsidRDefault="003B29FD" w:rsidP="00BE6EFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="309" w:lineRule="auto"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Si un des auteurs occupe </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> poste éditeur siégeant sur le comité exécutif, l'article sera attribué à un autre éditeur et l’auteur de l’article se retirera du processus d’édition </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">et conservera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>uniquement le rôle d’auteur dans le cadre d</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">u processus </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t>de publication</w:t>
+      </w:r>
+      <w:r w:rsidR="006B07D9" w:rsidRPr="009A0BBA">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B07D9" w:rsidRPr="009A0BBA">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>’auteur en question s’abstiendra</w:t>
+      </w:r>
+      <w:r w:rsidR="006B07D9" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> aussi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t>’influencer ou de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
+        <w:t>prendre quelconque</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> décision éditorial</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E31" w:rsidRPr="009A0BBA">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> en lien avec son article.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A316D2" w14:textId="2FC46EE6" w:rsidR="00DE6B37" w:rsidRPr="009A0BBA" w:rsidRDefault="006B07D9" w:rsidP="00BE6EFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="309" w:lineRule="auto"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Si un des auteurs occupe un poste de responsable siégeant sur le comité exécutif (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">p. ex., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">responsable des communications, des finances, de la mise en page, de la correction linguistique), la personne est dans l’obligation de déclarer le conflit d’intérêt dans le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t>texte de l’article, et doit s’abstenir d</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t>’influencer la prise de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> toute décision relative au processus d’édition de l’article publié.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47805265" w14:textId="20E5D43F" w:rsidR="00FD7E31" w:rsidRPr="009A0BBA" w:rsidRDefault="00FD7E31">
+      <w:pPr>
+        <w:spacing w:line="309" w:lineRule="auto"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0C296A" w14:textId="76CF485A" w:rsidR="00FD7E31" w:rsidRPr="009A0BBA" w:rsidRDefault="00FD7E31">
+      <w:pPr>
+        <w:spacing w:line="309" w:lineRule="auto"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Dans l’éventualité où il y aurait présence d’un conflit d’intérêt non déclaré </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EFD" w:rsidRPr="009A0BBA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224118C9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3660A22C" w14:textId="2872A6E8" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="900"/>
           <w:tab w:val="center" w:pos="4656"/>
         </w:tabs>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-        <w:ind w:right="182"/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>4.9.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B37" w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Respect des principes éthiques des membres du comité exécutif </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE52424" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="343A52F1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="31" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8CC30A" w14:textId="06B56A88" w:rsidR="00CA0526" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="26"/>
         <w:ind w:right="182"/>
       </w:pPr>
-      <w:r>
-[...353 lines deleted...]
-    <w:p w14:paraId="435E9D70" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Chaque membre siégeant sur le comité exécutif de la revue Psycause est dans l’obligation de signer une entente de respect des principes éthiques. Des copies de ces ententes sont disponibles dans la section « Document » du site internet de la revue. Une copie signée par chaque membre du comité est entreposée dans le classeur du local de la revue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D720D55" w14:textId="77777777" w:rsidR="002D53E9" w:rsidRPr="009A0BBA" w:rsidRDefault="002D53E9">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="1FCAB259" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F232827" w14:textId="4E5B3E4E" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325" w:rsidP="00CA0526">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C851FD" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="1373"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_heading=h.1mrcu09" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="53" w:name="_Toc125294837"/>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3E28BFF2" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+        </w:rPr>
+        <w:t>Références</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FE0716" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5888EC" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...103 lines deleted...]
-    <w:p w14:paraId="575A377D" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+    <w:p w14:paraId="0162CF55" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1565"/>
           <w:tab w:val="center" w:pos="2697"/>
           <w:tab w:val="center" w:pos="3694"/>
           <w:tab w:val="center" w:pos="4829"/>
           <w:tab w:val="center" w:pos="6291"/>
           <w:tab w:val="center" w:pos="7728"/>
           <w:tab w:val="right" w:pos="9218"/>
         </w:tabs>
         <w:spacing w:after="35"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>BioMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">Central </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve">(2013). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00123AD6">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00123AD6">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
-        <w:t>guidelines for editors.</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="637EC67C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRPr="00123AD6" w:rsidRDefault="00EF423C">
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Recycling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">Guidelines. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">Récupéré </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">sur : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B8AF6B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3297"/>
         </w:tabs>
         <w:spacing w:after="13" w:line="266" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId40">
-        <w:r w:rsidRPr="00123AD6">
+      <w:hyperlink r:id="rId36">
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
-            <w:lang w:val="en-CA"/>
+            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://publicationethics.org/text-recycling-guidelines</w:t>
+          <w:t>https://publicationethics.org/text</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId37">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId38">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>recycling</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId40">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId41">
-        <w:r w:rsidRPr="00123AD6">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidRPr="009A0BBA">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00123AD6">
-[...6 lines deleted...]
-    <w:p w14:paraId="1191607C" w14:textId="77777777" w:rsidR="002010D9" w:rsidRPr="00123AD6" w:rsidRDefault="002010D9">
+    </w:p>
+    <w:p w14:paraId="362E76E9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F94A22F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Chan, L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Cuplinskas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, D., Eisen, M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Friend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, F., Genova, Y., Guédon, J-C., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Hagemann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, M., </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741EC13C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="730" w:right="182"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Harnad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, S., Johnson, R., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Kupryte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, R., La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Manna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, M., Rév I., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Segbert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">, M., de Souza, S., Suber, P., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Velterop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>, J. (2002). Initiative de Budapest pour l’Accès Ouvert. Récupéré sur :</w:t>
       </w:r>
       <w:hyperlink r:id="rId42">
-        <w:r w:rsidRPr="00123AD6">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId43">
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
-            <w:lang w:val="en-CA"/>
+            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://doi.org/10.24318/cope.2019.2.1</w:t>
+          <w:t>http://openaccess.inist.fr/?Initiative</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00123AD6">
-[...6 lines deleted...]
-    <w:p w14:paraId="0868DABD" w14:textId="77777777" w:rsidR="002010D9" w:rsidRPr="00123AD6" w:rsidRDefault="00EF423C">
+      <w:hyperlink r:id="rId44">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId45">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId46">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId47">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>Budapest</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId48">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId49">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>pour</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId50">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId51">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>l</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId52">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5AE804AB" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1208074A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="28"/>
+        <w:ind w:right="182"/>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123AD6">
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t xml:space="preserve">Committee on Publication Ethics (2013a). Flowchart: What to do if you suspect plagiarism; (a) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590C5C53" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="29"/>
+        <w:ind w:left="730" w:right="182"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00123AD6">
+        <w:t xml:space="preserve">Suspected </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Committee on Publication Ethics (2021c). </w:t>
-[...3 lines deleted...]
-          <w:i/>
+        <w:tab/>
+        <w:t xml:space="preserve">plagiarism </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">COPE Flowcharts and infographics – Redundant (duplicate) publication in a submitted manuscript.  </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00123AD6">
+        <w:tab/>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">published </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">manuscript. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Récupéré </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">sur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53">
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
-            <w:lang w:val="en-CA"/>
+            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://doi.org/10.24318/cope.2019.2.12</w:t>
+          <w:t>https://publicationethics.org/resources/flowcharts</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...48 lines deleted...]
-        <w:r>
+      <w:hyperlink r:id="rId54">
+        <w:r w:rsidRPr="009A0BBA">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A2BCD7B" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+    <w:p w14:paraId="4A3ED011" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C0F5F0" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="720" w:right="182" w:hanging="720"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Committee on Publication Ethics (2013b). Flowchart: What to do if you suspect plagiarism; (a) Suspected plagiarism in a submitted manuscript. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Récupéré</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+          <w:rPrChange w:id="54" w:author="Léandre Lavoie-Hudon" w:date="2023-01-27T18:18:00Z">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://publicationethics.org/resources/flowcharts" \h</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single" w:color="0000FF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>https://publicationethics.org/resources/flowcharts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single" w:color="0000FF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+          <w:rPrChange w:id="55" w:author="Léandre Lavoie-Hudon" w:date="2023-01-27T18:18:00Z">
+            <w:rPr/>
+          </w:rPrChange>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://publicationethics.org/resources/flowcharts" \h</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A7E942" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAC4020" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="720" w:right="182" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Committee on Publication Ethics (2016a). Flowchart: What to do if you suspect redundant(duplicate) publication; (a) Suspected redundant publication in a published manuscript. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Récupéré sur: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://publicationethics.org/resources/flowcharts</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId56">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0A24D97B" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B7EC98" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:ind w:left="720" w:right="182" w:hanging="720"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> on Publication </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> (2016b). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flowchart: What to do if you suspect redundant(duplicate) publication; (a) Suspected redundant publication in a submitted manuscript. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Récupéré sur: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://publicationethics.org/resources/flowcharts</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId58">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="24FC63CE" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="37" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7D76CE55" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018D8E7C" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="45"/>
         <w:ind w:right="182"/>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="51D68D63" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve">Université Laval (2018). Règlement disciplinaire à l’intention des étudiants et étudiantes de </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9FEAD0" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRPr="009A0BBA" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1293"/>
           <w:tab w:val="center" w:pos="3036"/>
           <w:tab w:val="center" w:pos="4504"/>
           <w:tab w:val="center" w:pos="5821"/>
           <w:tab w:val="center" w:pos="7289"/>
           <w:tab w:val="right" w:pos="9218"/>
         </w:tabs>
         <w:spacing w:after="34"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:i/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:t>l’Université</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve">Laval, </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
         <w:t xml:space="preserve">article </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A0BBA">
         <w:tab/>
-        <w:t xml:space="preserve">30.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2EFAE835" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="009C0BAC">
+        <w:t xml:space="preserve">30. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">Récupéré </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0BBA">
+        <w:tab/>
+        <w:t xml:space="preserve">sur : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FFF725" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
       <w:pPr>
         <w:spacing w:after="13" w:line="266" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="730" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId46">
-        <w:r w:rsidR="00EF423C">
+      <w:hyperlink r:id="rId59">
+        <w:r w:rsidRPr="009A0BBA">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglementdisciplinaire.pdf</w:t>
+          <w:t>https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId47">
-        <w:r w:rsidR="00EF423C">
+      <w:hyperlink r:id="rId60"/>
+      <w:hyperlink r:id="rId61">
+        <w:r w:rsidRPr="009A0BBA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>disciplinaire.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId62">
+        <w:r w:rsidRPr="009A0BBA">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="002010D9">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId53"/>
+    <w:sectPr w:rsidR="00082E8F">
+      <w:headerReference w:type="even" r:id="rId63"/>
+      <w:headerReference w:type="default" r:id="rId64"/>
+      <w:footerReference w:type="even" r:id="rId65"/>
+      <w:footerReference w:type="default" r:id="rId66"/>
+      <w:headerReference w:type="first" r:id="rId67"/>
+      <w:footerReference w:type="first" r:id="rId68"/>
+      <w:footnotePr>
+        <w:numRestart w:val="eachPage"/>
+      </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1449" w:right="1248" w:bottom="1497" w:left="1440" w:header="137" w:footer="219" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="52" w:author="Léandre Lavoie-Hudon" w:date="2023-01-28T12:15:00Z" w:initials="LLH">
+    <w:p w14:paraId="6CCC8305" w14:textId="77777777" w:rsidR="00BA4325" w:rsidRDefault="001C4F50">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00BA4325">
+        <w:t>Point 4.9 sur la gestion des conflits d'intérêt?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCB38BF" w14:textId="77777777" w:rsidR="00BA4325" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B4CE0D0" w14:textId="77777777" w:rsidR="00BA4325" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pourrait inclure des points sur la publication par des membres du comité exécutif, l'obligation des éditeurs de déclarer leurs conflits d'intérêts et la possible gestion de ceux-ci (en attribuant l'article concerné à un autre éditeur ou en consignant une déclaration de conflits d'intérêts par écrit, par exemple). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5954EA" w14:textId="77777777" w:rsidR="00BA4325" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="079A0FFE" w14:textId="77777777" w:rsidR="00BA4325" w:rsidRDefault="00BA4325" w:rsidP="00EA690B">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Il pourrait aussi y avoir notre manière de gérer les potentiels conflits d'intérêts des auteurs, mais j'aimerais en parler avec Maude avant. </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="079A0FFE" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="277F9063" w16cex:dateUtc="2023-01-28T17:15:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="079A0FFE" w16cid:durableId="277F9063"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FE487F0" w14:textId="77777777" w:rsidR="00611F2E" w:rsidRDefault="00611F2E">
+    <w:p w14:paraId="10EF0EEB" w14:textId="77777777" w:rsidR="00EF2DFF" w:rsidRDefault="00EF2DFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7969A1DD" w14:textId="77777777" w:rsidR="00611F2E" w:rsidRDefault="00611F2E">
+    <w:p w14:paraId="54D7A54D" w14:textId="77777777" w:rsidR="00EF2DFF" w:rsidRDefault="00EF2DFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Noto Sans Symbols">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4647091F" w14:textId="3C75A8B9" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2FEC8A6F" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="7004"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve">© 2019 Revue Psycause (CC-BY 4.0) </w:t>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="6A78D911" wp14:editId="392C4EDF">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="7" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">© 2019 Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">[Version 1.1. - Mise à jour en date du 26-03-2019] </w:t>
     </w:r>
-    <w:sdt>
-[...11 lines deleted...]
-    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5DC8411A" w14:textId="738A80AE" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0947F6EC" w14:textId="1B6D8E9C" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="7004"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-[...9 lines deleted...]
-      <w:t>4</w:t>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="73DA97DA" wp14:editId="2400740B">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="2" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> Revue Psycause (CC-BY 4.0) </w:t>
+      </w:rPr>
+      <w:t>© 20</w:t>
+    </w:r>
+    <w:r w:rsidR="00846196">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>23</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t>[Version 1.</w:t>
     </w:r>
-    <w:r w:rsidR="004D00FA">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>3</w:t>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">. - Mise à jour en date du </w:t>
     </w:r>
-    <w:r w:rsidR="004D00FA">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>13</w:t>
+      </w:rPr>
+      <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>-</w:t>
+      </w:rPr>
+      <w:t>-0</w:t>
     </w:r>
-    <w:r w:rsidR="004D00FA">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>08</w:t>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>-202</w:t>
+      </w:rPr>
+      <w:t>-20</w:t>
     </w:r>
-    <w:r w:rsidR="004D00FA">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>4</w:t>
+      </w:rPr>
+      <w:t>23</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">] </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="70E92AFA" w14:textId="59BB5C14" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D072980" w14:textId="703AD555" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="7004"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve">© </w:t>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="40708890" wp14:editId="3833C97D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="3" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>202</w:t>
+      </w:rPr>
+      <w:t>© 20</w:t>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>4</w:t>
+      </w:rPr>
+      <w:t>23</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> Revue Psycause (CC-BY 4.0) </w:t>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t>[Version 1.</w:t>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>3</w:t>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">. - Mise à jour en date du </w:t>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>13</w:t>
+      </w:rPr>
+      <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>-0</w:t>
+      </w:rPr>
+      <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>8</w:t>
+      </w:rPr>
+      <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>-202</w:t>
+      </w:rPr>
+      <w:t>-20</w:t>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r w:rsidR="00846196">
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>4</w:t>
+      </w:rPr>
+      <w:t>23</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">] </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="601EDC0B" w14:textId="7068E01B" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33C67C13" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9029"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="20A08FCB" wp14:editId="4AB931FE">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="6" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">© 2019 Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">[Version 1.1. - Mise à jour en date du 26-03-2019] </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="79CBC3C2" w14:textId="4215D6C2" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9029"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="3DBFAF8C" wp14:editId="7DBE5244">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="8" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>© 20</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>[Version 1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. - Mise à jour en date du </w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>-0</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>-20</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">] </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D3F6872" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9029"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="3930801B" wp14:editId="14AF614E">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="9" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">© 2019 Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">[Version 1.1. - Mise à jour en date du 26-03-2019] </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="736ED6D2" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9218"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve">© 2019 Revue Psycause (CC-BY 4.0) </w:t>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="280BCF1D" wp14:editId="68154C7F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="13" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">© 2019 Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">[Version 1.1. - Mise à jour en date du 26-03-2019] </w:t>
     </w:r>
-    <w:sdt>
-[...11 lines deleted...]
-    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="7B845BD1" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="352F451B" w14:textId="43439F11" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9218"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve">© 2023 Revue Psycause (CC-BY 4.0) </w:t>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="1424907C" wp14:editId="59C7B18C">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="14" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>© 20</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">[Version 1.2. - Mise à jour en date du 01-01-2023] </w:t>
+      <w:t>[Version 1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. - Mise à jour en date du </w:t>
+    </w:r>
+    <w:ins w:id="56" w:author="Léandre Lavoie-Hudon" w:date="2023-01-27T19:13:00Z">
+      <w:r w:rsidR="00943EBE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+    </w:ins>
+    <w:del w:id="57" w:author="Léandre Lavoie-Hudon" w:date="2023-01-27T19:13:00Z">
+      <w:r w:rsidDel="00943EBE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:delText>26</w:delText>
+      </w:r>
+    </w:del>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>-0</w:t>
+    </w:r>
+    <w:ins w:id="58" w:author="Léandre Lavoie-Hudon" w:date="2023-01-27T19:13:00Z">
+      <w:r w:rsidR="00943EBE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:ins>
+    <w:del w:id="59" w:author="Léandre Lavoie-Hudon" w:date="2023-01-27T19:13:00Z">
+      <w:r w:rsidDel="00943EBE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:delText>3</w:delText>
+      </w:r>
+    </w:del>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>-20</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA0526">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">] </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="77404659" w14:textId="619BECB5" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="43A6EDFC" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9218"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve">© 2019 Revue Psycause (CC-BY 4.0) </w:t>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="523E89F1" wp14:editId="443EBB7E">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1266825</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10253675</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="856653" cy="299720"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="15" name="Picture 7"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="856653" cy="299720"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">© 2019 Revue </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Psycause</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (CC-BY 4.0) </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">[Version 1.1. - Mise à jour en date du 26-03-2019] </w:t>
     </w:r>
-    <w:sdt>
-[...11 lines deleted...]
-    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5AE9F9FD" w14:textId="77777777" w:rsidR="00611F2E" w:rsidRDefault="00611F2E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="43B640F4" w14:textId="77777777" w:rsidR="00EF2DFF" w:rsidRDefault="00EF2DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1005" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A3B7940" w14:textId="77777777" w:rsidR="00611F2E" w:rsidRDefault="00611F2E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4A6BD3BE" w14:textId="77777777" w:rsidR="00EF2DFF" w:rsidRDefault="00EF2DFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1005" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="4457732E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="35AB9B8E" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+      <w:pPr>
+        <w:pStyle w:val="footnotedescription"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:vertAlign w:val="superscript"/>
+          <w:rStyle w:val="footnotemark"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Est entendu ici par « étudiants et étudiantes » tout membre étudiant de l’École de psychologie de l’Université Laval de premier, deuxième et troisième cycle, ou en stage postdoctoral œuvrant à l’Université Laval. Des membres externes à l’École de psychologie ou externes à l’Université Laval peuvent faire partie du comité de la revue </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Psycause</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> si le comité interne vote en faveur de leur candidature et si leur expertise semble pertinente pour la revue. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="073D738E" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="04EC759D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4647"/>
         <w:tab w:val="center" w:pos="8968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1D1445F2" wp14:editId="2DCC0E9C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="61727601" wp14:editId="7F25E684">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>86995</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1381125" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-          <wp:docPr id="2228" name="image1.png"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="53" name="Picture 53"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="53" name="Picture 53"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1381125" cy="828675"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5A3783D9" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="148F2F83" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4647"/>
         <w:tab w:val="center" w:pos="8968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="08594B45" wp14:editId="64A94C50">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="6C095434" wp14:editId="2212C716">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>83820</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1381125" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2221" name="image1.png"/>
+          <wp:docPr id="1" name="Picture 53"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="53" name="Picture 53"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1381125" cy="828675"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00416703">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="672F1DA3" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="002010D9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="132C30E9" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00082E8F">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1A7474B0" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F4191C3" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4647"/>
-        <w:tab w:val="right" w:pos="9218"/>
+        <w:tab w:val="right" w:pos="9029"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="582" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="2A88DAD2" wp14:editId="5F3F66D4">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="35C59DB2" wp14:editId="793F94F8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>86995</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1381125" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-          <wp:docPr id="2219" name="image1.png"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1107" name="Picture 1107"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="1107" name="Picture 1107"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1381125" cy="828675"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
+  <w:p w14:paraId="2181D21D" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1800" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="13BD2672" w14:textId="512D9548" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FB34398" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4647"/>
-        <w:tab w:val="right" w:pos="9218"/>
+        <w:tab w:val="right" w:pos="9029"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="582" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1E58CA3B" wp14:editId="4F52EC89">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="1742F019" wp14:editId="7E01A840">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>86995</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1381125" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-          <wp:docPr id="2218" name="image1.png"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="4" name="Picture 1107"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="1107" name="Picture 1107"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1381125" cy="828675"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00541769">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
+  <w:p w14:paraId="2B34FBE1" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1800" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="22A0811F" w14:textId="77777777" w:rsidR="002010D9" w:rsidRDefault="00EF423C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4678B9AA" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4647"/>
-        <w:tab w:val="right" w:pos="9218"/>
+        <w:tab w:val="right" w:pos="9029"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="582" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="4B6F5323" wp14:editId="08D54327">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="0966F4B1" wp14:editId="4DC5D2B0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>86995</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1381125" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-          <wp:docPr id="2222" name="image1.png"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="5" name="Picture 1107"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
-                  <pic:cNvPicPr preferRelativeResize="0"/>
+                  <pic:cNvPr id="1107" name="Picture 1107"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1381125" cy="828675"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:instrText>PAGE</w:instrText>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="009C0BAC">
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="20777A96" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1800" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A0310AF" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4647"/>
+        <w:tab w:val="right" w:pos="9218"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="2734AA7B" wp14:editId="2A7CEC8E">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>914400</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>86995</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1381125" cy="828675"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="10" name="Picture 53"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="53" name="Picture 53"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1381125" cy="828675"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6016BC31" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4647"/>
+        <w:tab w:val="right" w:pos="9218"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="158BBC16" wp14:editId="2CBB49D2">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>914400</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>86995</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1381125" cy="828675"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="11" name="Picture 53"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="53" name="Picture 53"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1381125" cy="828675"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1486194A" w14:textId="77777777" w:rsidR="00082E8F" w:rsidRDefault="00BA4325">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4647"/>
+        <w:tab w:val="right" w:pos="9218"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="5CF33328" wp14:editId="78FE6390">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>914400</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>86995</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1381125" cy="828675"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="12" name="Picture 53"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="53" name="Picture 53"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1381125" cy="828675"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02DB28DE"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="024A00A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C56C4EBA"/>
+    <w:lvl w:ilvl="0" w:tplc="C6705AE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FACA9F92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2146F21C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9B2A4A98">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="31F299F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="67E88526">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7136B6B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1A5808D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="94EC9EE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="035A4799"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="028854EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4D8EA10E"/>
+    <w:lvl w:ilvl="0" w:tplc="FCEEDB50">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="22F44546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2795"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91AFDF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3515"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C712B9E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="845E8D4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="4955"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="22A8D40A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5675"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FBE4037C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6395"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="27F66C2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7115"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BDA2966C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7835"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="036F59BF"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="07992B14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91E47652"/>
+    <w:lvl w:ilvl="0" w:tplc="88A25A16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="720A5902">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2881"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F716C456">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2893"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A2BECB3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3613"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5464EA00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4333"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ABB83BB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5053"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FC68AC9A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5773"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1DAE07E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="92401A22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7213"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08154E2D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A6A0E168"/>
+    <w:lvl w:ilvl="0" w:tplc="1554AC5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C700C9B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E228B0F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0D225598">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="41F4B776">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C86443C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CCD6CB78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="578E6AEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A094C078">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A811582"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0B430A2"/>
+    <w:lvl w:ilvl="0" w:tplc="346EB534">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1AB01F12">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="708" w:hanging="708"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="77F6946A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1428" w:hanging="1428"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="1428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0FB61F56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="2148"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="2148"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7C9034FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="2868"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="2868"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6C02F75E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="3588"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="3588"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7110CBC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="4308"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="4308"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E02A6B8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="5028"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5028"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C51656DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="5748"/>
-[...397 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="5748"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D9B1DA7"/>
-[...186 lines deleted...]
-        <w:u w:val="none"/>
+    <w:nsid w:val="10DA3A6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EA3EDC4C"/>
+    <w:lvl w:ilvl="0" w:tplc="E9A85610">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0FC43636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="28AA57F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="93B62E04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A92A207A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="68BEA7F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="87845730">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1CC2855E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DA384F0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13124D23"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="1BB80704"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CDB66B3E"/>
+    <w:lvl w:ilvl="0" w:tplc="2932E43A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
-        <w:color w:val="000000"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2700" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="●"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="▪"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7740" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14542050"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="1C32642A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBB8FF6A"/>
+    <w:lvl w:ilvl="0" w:tplc="2932E43A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4296022C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2407"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8F1A5EE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3127"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="45B0F242">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="3847"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7A743282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="4567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1186994E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5287"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B54A72E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6007"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="756E721C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="6727"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="07CEBCD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7447"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="154D629F"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="1C331A48"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DCB6B0D0"/>
+    <w:lvl w:ilvl="0" w:tplc="B022BE2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D46A9BE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="1620"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="63D094D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="2340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="62A60A1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="3060"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D568B6E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="3780"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4AA87B54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="4500"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B7526776">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7F1819C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5940"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="315CEDF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="6660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1685144D"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="25B8437E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6E467CE"/>
+    <w:lvl w:ilvl="0" w:tplc="B9D6DAEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F754E2D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F8CE7A02">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2C02A1FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5EE28A40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="524ED404">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2862B282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="91A25DC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C2526820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="169A3841"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="298E54EA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DA465548"/>
+    <w:lvl w:ilvl="0" w:tplc="45D8DC4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BACCA2D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8F6A4950">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FF80821E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="35788384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08A4CA34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D306286A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DF2056FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="05A01CC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1741455E"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="2F562D03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2FFAF9A2"/>
+    <w:lvl w:ilvl="0" w:tplc="5AE8FECE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B04A8544">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E6DE86FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A7D4DDDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="09A08598">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="96A4BCB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8D1AA31A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="98905B02">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D4F08316">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="19865504"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="339228B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CD4FA24"/>
+    <w:lvl w:ilvl="0" w:tplc="CA2EF35A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="85B02F12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4434F2A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="17E89126">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FC6C5E44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F4529590">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2DFC8CD4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2B5846BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="17C2C1A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="347B124F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="250ED0FA"/>
+    <w:lvl w:ilvl="0" w:tplc="997825FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2183" w:firstLine="0"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="372850B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7273" w:hanging="7273"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2866"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0B18E27E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7993" w:hanging="7993"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3586"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A3B4C20E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8713" w:hanging="8713"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4306"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="19DC86C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="9433" w:hanging="9433"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5026"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="36C0B016">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="10153" w:hanging="10153"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5746"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B810C8C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="10873" w:hanging="10873"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6466"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B55C03CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="11593" w:hanging="11593"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7186"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="471EA4CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="12313" w:hanging="12313"/>
-[...203 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7906"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22F54B4C"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="398B5627"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5FA9AAC"/>
+    <w:lvl w:ilvl="0" w:tplc="61463E82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7A42A19E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BB24C9B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFA404DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0F2C670E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="23E806B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AD506524">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="937EBEF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="12A4613E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="23E40BA4"/>
-[...3 lines deleted...]
-      <w:start w:val="1"/>
+    <w:nsid w:val="3BD63BBE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3EC45890"/>
+    <w:lvl w:ilvl="0" w:tplc="50E48DCE">
+      <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...56 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...56 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...32 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="26DC0B3A"/>
-[...186 lines deleted...]
-        <w:u w:val="none"/>
+    <w:nsid w:val="3D120C40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A84B6FC"/>
+    <w:lvl w:ilvl="0" w:tplc="6FEE9F40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F57ADCE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DAFC93F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1A1890BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AE0CA24A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A29CC704">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7C343590">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="56F44D3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0CF0BEB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="26E43F8E"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="3F4E4FB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72E4F88A"/>
+    <w:lvl w:ilvl="0" w:tplc="7BD8A3F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="1612"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9A0AF3E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3428" w:hanging="2880"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="95B2653E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4148" w:hanging="3600"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6C8CBD08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4868" w:hanging="4320"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5D2E2C5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5588" w:hanging="5040"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="87D2220C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6308" w:hanging="5760"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A614BEB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7028" w:hanging="6480"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="89D0629E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7748" w:hanging="7200"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DB387396">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8468" w:hanging="7920"/>
-[...9 lines deleted...]
-        <w:u w:val="none"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="29375608"/>
-[...107 lines deleted...]
-        <w:u w:val="none"/>
+    <w:nsid w:val="41337EC4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8069530"/>
+    <w:lvl w:ilvl="0" w:tplc="D7AA44A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0A0E196C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9BF6DDA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0BA4D0A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="441AF9C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C3288CDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8DFA559C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D11A5720">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D1A2D26A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A21764E"/>
-[...186 lines deleted...]
-        <w:u w:val="none"/>
+    <w:nsid w:val="45616B95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E272DC98"/>
+    <w:lvl w:ilvl="0" w:tplc="4B8C98D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CCE62766">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2172"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C7DCD722">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2892"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D3D2AC1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3612"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="397CD834">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4332"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="05142E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5052"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="19449500">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5772"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B3E02040">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6492"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="99C23D28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7212"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A955411"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="481C2ACA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A662460"/>
+    <w:lvl w:ilvl="0" w:tplc="010C7FA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1980" w:hanging="360"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3F66B8A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2700" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B4C2E936">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3420" w:hanging="360"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="820A415E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1A8E08E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4860" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C89C9946">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5580" w:hanging="360"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="82E03116">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="838C255A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7020" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="61820F0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7740" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34E1636B"/>
+    <w:nsid w:val="4D225A5F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74D810EC"/>
+    <w:lvl w:ilvl="0" w:tplc="9D705744">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3678FFD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CEB6BDE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B388F532">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="34424036">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AFF49686">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A06CB02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B4A0D6E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CF602AAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57D01B75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33E6722A"/>
+    <w:lvl w:ilvl="0" w:tplc="206664DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1612"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8C94900C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="819846B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="33A0F1A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="279AA748">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="07BE5776">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DF80BC16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4A1C69BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5DA026D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59165D28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36BC3D70"/>
+    <w:lvl w:ilvl="0" w:tplc="79EE3A56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="59D80C56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2866"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B524959A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3586"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A226263A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4306"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DE4C8732">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5026"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F810FEF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5746"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A17A31B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6466"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1AA80C46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7186"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="56D6BA4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7906"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59BD5E90"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="56FEE76A"/>
+    <w:lvl w:ilvl="0" w:tplc="2932E43A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1980" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C9E6F7A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E61092E4"/>
+    <w:lvl w:ilvl="0" w:tplc="AFA278F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="065EBB5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="56A21714">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B80083D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="616CFD38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0F3CB75E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0B006A14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="148ED81A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1E82EC30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DB365E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="24CE75DC"/>
+    <w:lvl w:ilvl="0" w:tplc="E8908E3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63737B70"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4DAC51E"/>
+    <w:lvl w:ilvl="0" w:tplc="8AD0AE46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="468CFA64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="893429F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="47F63E28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0728CB32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C7EC3D9A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D0B2BA56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EE3AE494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A6C8E97A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63DB0E18"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2402DB6"/>
+    <w:lvl w:ilvl="0" w:tplc="E8908E3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3DF8B574">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1830"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CCAEA8A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2550"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AE80F2F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3270"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="79AE73AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3990"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B86D0B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4710"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3E8E2A9E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5430"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3A8A3024">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6150"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5E04291E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6870"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E1435D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D1CC464"/>
+    <w:lvl w:ilvl="0" w:tplc="C870ED46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5F84A788">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="988EFABE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E688AC72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="29FE789A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3E7479F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A6CED5FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DC763582">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3C3ACF52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E253EA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB1AD5C2"/>
+    <w:lvl w:ilvl="0" w:tplc="1DD019B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5394B57E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1C8A2808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="45F056E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="701445D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="87C2C422">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FD7E81CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9C92310E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4988516A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EFE66CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="850239EA"/>
+    <w:lvl w:ilvl="0" w:tplc="1E424444">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="416C32D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F92A6768">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71E854B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B1DE1C0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="06148292">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A40AA972">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="116E19AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="80A0F8F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F4A4134"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="69AC6D44"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="733343D1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8CB2F196"/>
+    <w:tmpl w:val="D0A49DE0"/>
     <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73CB130C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D7D23042"/>
+    <w:lvl w:ilvl="0" w:tplc="B6BCD136">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AE383F3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DDCECBD4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3DA6605A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BA445EA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C9D211E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5412B1AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0BC4CBEC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B2946BB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7728799B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F806B284"/>
+    <w:lvl w:ilvl="0" w:tplc="1338C05A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E38E79F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="61928CD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7930851A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C0507852">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64441374">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A88C6DE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B3BA78A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="686C4D80">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78A81AC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5072BEF4"/>
+    <w:lvl w:ilvl="0" w:tplc="1E169CFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34528D52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F698B348">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3EBAE918">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FE3E1422">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DA242578">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FA6ED3EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CBBEAFAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1F985ED2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B720FA1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87D6A974"/>
+    <w:lvl w:ilvl="0" w:tplc="3A02E086">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="2145"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="2145"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="13C2790C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="2880"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="31DE7118">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="3600"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3D009588">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="4320"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E71E174A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="5040"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BC6898DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="5760"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="761C799E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="6480"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="09185920">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="7200"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AC1AD210">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="7920"/>
-[...5 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:ind w:left="7920"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:u w:val="none"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...2761 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="213783491">
+  <w:num w:numId="1" w16cid:durableId="712316497">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1125660831">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="182523238">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="753555469">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1168789578">
+  <w:num w:numId="5" w16cid:durableId="790825053">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="376122073">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1502619384">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2119716190">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="611592706">
+  <w:num w:numId="9" w16cid:durableId="275137204">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="632564333">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1830049308">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="351883009">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1577519057">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="581061655">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1272978694">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1223372398">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="142042088">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="761338447">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="776868009">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1099984740">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="20" w16cid:durableId="556011708">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1713263688">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="21" w16cid:durableId="1444808654">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2076781353">
+  <w:num w:numId="22" w16cid:durableId="605118591">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="439955968">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="62339054">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="336932146">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="813643857">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1244994905">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="13191828">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="721514910">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="631785521">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1191265879">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="408772920">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="937640219">
-[...29 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="128518143">
+  <w:num w:numId="33" w16cid:durableId="272785758">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1593855596">
+  <w:num w:numId="34" w16cid:durableId="1982071272">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="306710730">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1703020758">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="954672007">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1524787170">
-[...47 lines deleted...]
-  <w:num w:numId="35" w16cid:durableId="266280971">
+  <w:num w:numId="38" w16cid:durableId="655455084">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Léandre Lavoie-Hudon">
+    <w15:presenceInfo w15:providerId="Windows Live" w15:userId="2469f300d36ce105"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002010D9"/>
-[...34 lines deleted...]
-    <w:rsid w:val="00FC0DF5"/>
+    <w:rsidRoot w:val="00082E8F"/>
+    <w:rsid w:val="00005A01"/>
+    <w:rsid w:val="00070D55"/>
+    <w:rsid w:val="00082E8F"/>
+    <w:rsid w:val="00085C14"/>
+    <w:rsid w:val="000C119A"/>
+    <w:rsid w:val="000C12DE"/>
+    <w:rsid w:val="000D22F1"/>
+    <w:rsid w:val="000F2873"/>
+    <w:rsid w:val="001452B3"/>
+    <w:rsid w:val="0016407A"/>
+    <w:rsid w:val="001974A1"/>
+    <w:rsid w:val="001B40D7"/>
+    <w:rsid w:val="001C4F50"/>
+    <w:rsid w:val="0023015D"/>
+    <w:rsid w:val="002524B7"/>
+    <w:rsid w:val="002705D0"/>
+    <w:rsid w:val="00293422"/>
+    <w:rsid w:val="002D53E9"/>
+    <w:rsid w:val="003225E8"/>
+    <w:rsid w:val="00325D05"/>
+    <w:rsid w:val="0036100D"/>
+    <w:rsid w:val="003B29FD"/>
+    <w:rsid w:val="004071C7"/>
+    <w:rsid w:val="00473E64"/>
+    <w:rsid w:val="004D0360"/>
+    <w:rsid w:val="004D612D"/>
+    <w:rsid w:val="00513359"/>
+    <w:rsid w:val="00560FB4"/>
+    <w:rsid w:val="00611BBE"/>
+    <w:rsid w:val="006B07D9"/>
+    <w:rsid w:val="006E3510"/>
+    <w:rsid w:val="007857CA"/>
+    <w:rsid w:val="00800083"/>
+    <w:rsid w:val="00846196"/>
+    <w:rsid w:val="008559DC"/>
+    <w:rsid w:val="008A7DAA"/>
+    <w:rsid w:val="008D56B3"/>
+    <w:rsid w:val="008D70AE"/>
+    <w:rsid w:val="00921062"/>
+    <w:rsid w:val="00943EBE"/>
+    <w:rsid w:val="00946DE2"/>
+    <w:rsid w:val="00962FE9"/>
+    <w:rsid w:val="009A0BBA"/>
+    <w:rsid w:val="00A54048"/>
+    <w:rsid w:val="00BA0F2E"/>
+    <w:rsid w:val="00BA4325"/>
+    <w:rsid w:val="00BD3514"/>
+    <w:rsid w:val="00BE6EFD"/>
+    <w:rsid w:val="00C219EF"/>
+    <w:rsid w:val="00C42C04"/>
+    <w:rsid w:val="00CA0526"/>
+    <w:rsid w:val="00CB1339"/>
+    <w:rsid w:val="00CD59FF"/>
+    <w:rsid w:val="00D14FAC"/>
+    <w:rsid w:val="00DE6B37"/>
+    <w:rsid w:val="00E2040D"/>
+    <w:rsid w:val="00E93CFE"/>
+    <w:rsid w:val="00EA08C9"/>
+    <w:rsid w:val="00EC723B"/>
+    <w:rsid w:val="00EE0935"/>
+    <w:rsid w:val="00EE7A5B"/>
+    <w:rsid w:val="00EF2871"/>
+    <w:rsid w:val="00EF2DFF"/>
+    <w:rsid w:val="00F10694"/>
+    <w:rsid w:val="00F21E0D"/>
+    <w:rsid w:val="00F26F1C"/>
+    <w:rsid w:val="00F85543"/>
+    <w:rsid w:val="00F86704"/>
+    <w:rsid w:val="00FD7E31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="103FF4BC"/>
-  <w15:docId w15:val="{4855C69D-401F-4DCC-AB36-54E204E9743F}"/>
+  <w14:docId w14:val="644E3FE9"/>
+  <w15:docId w15:val="{A06DED2D-2954-4C6E-8871-14156F78F571}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="fr-CA" w:eastAsia="fr-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20645,254 +24545,243 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000406C1"/>
     <w:pPr>
-      <w:ind w:hanging="10"/>
+      <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
+      <w:ind w:left="10" w:right="1002" w:hanging="10"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
-      <w:ind w:hanging="10"/>
+      <w:ind w:left="10" w:hanging="10"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:ind w:left="161" w:hanging="10"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:ind w:left="730" w:hanging="10"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:ind w:left="730" w:hanging="10"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
+      <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
       <w:ind w:left="1270" w:right="4209" w:hanging="10"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
       <w:u w:val="single" w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
+      <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
       <w:ind w:left="1270" w:right="4209" w:hanging="10"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
       <w:u w:val="single" w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:link w:val="Heading6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:u w:val="single" w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="footnotedescription">
     <w:name w:val="footnote description"/>
     <w:next w:val="Normal"/>
     <w:link w:val="footnotedescriptionChar"/>
     <w:hidden/>
     <w:pPr>
       <w:spacing w:after="0" w:line="253" w:lineRule="auto"/>
       <w:ind w:right="1005"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="footnotedescriptionChar">
     <w:name w:val="footnote description Char"/>
     <w:link w:val="footnotedescription"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
@@ -20907,116 +24796,133 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:u w:val="single" w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:hidden/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
-      <w:spacing w:after="127"/>
+      <w:spacing w:after="127" w:line="250" w:lineRule="auto"/>
       <w:ind w:left="25" w:right="200" w:hanging="10"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:hidden/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:after="128" w:line="251" w:lineRule="auto"/>
       <w:ind w:left="250" w:right="1023" w:hanging="10"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:hidden/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
-      <w:spacing w:after="129"/>
+      <w:spacing w:after="129" w:line="250" w:lineRule="auto"/>
       <w:ind w:left="505" w:right="200" w:hanging="10"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:hidden/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
-      <w:spacing w:after="129"/>
+      <w:spacing w:after="129" w:line="250" w:lineRule="auto"/>
       <w:ind w:left="505" w:right="200" w:hanging="10"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:hidden/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
-      <w:spacing w:after="129"/>
+      <w:spacing w:after="129" w:line="250" w:lineRule="auto"/>
       <w:ind w:left="745" w:right="200" w:hanging="10"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:hidden/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
-      <w:spacing w:after="129"/>
+      <w:spacing w:after="129" w:line="250" w:lineRule="auto"/>
       <w:ind w:left="745" w:right="200" w:hanging="10"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="footnotemark">
     <w:name w:val="footnote mark"/>
     <w:hidden/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="25"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00CA0526"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -21040,51 +24946,53 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004D612D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00513359"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00513359"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00513359"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -21113,129 +25021,170 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00513359"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00513359"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...49 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="62028175">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1268345652">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1925339141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/legalcode.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/guidance/Flowcharts?classification=2772" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.budapestopenaccessinitiative.org/read/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pkp.sfu.ca/pkp-pn/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24318/cope.2019.2.1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglement-disciplinaire.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/sites/default/files/plagiarism-published-article-cope-flowchart.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revues.ulaval.ca/ojs/index.php/psycause/libraryFiles/downloadPublic/18" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pkp.sfu.ca/pkp-pn/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/sites/default/files/conflict-of-interest-publlished-article-cope-flowchart-v2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/resources/flowcharts" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/sites/default/files/retraction-guidelines-cope.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24318/cope.2019.2.13" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/files/u7140/plagiarism%20A.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/sites/default/files/duplicate-publication-published-article-cope-flowchart.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulaval.ca/conduite-responsable-et-ethique-en-recherche/identification-et-declaration-des-conflits-dinterets-en-recherche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24318/cope.2019.2.12" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/legalcode.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.services-recherche.ulaval.ca/politiques-et-reglements/principes-directeurs-sur-la-reconnaissance-des-auteurs-dune-publication" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pkp.sfu.ca/pkp-pn/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglement-disciplinaire.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/sites/default/files/duplicate-publication-submitted-manuscript-cope-flowchart.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/sites/default/files/conflict-of-interest-submitted-manuscript-article-cope-flowchart.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/resources/flowcharts" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/resources/flowcharts" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglement-disciplinaire.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.services-recherche.ulaval.ca/politiques-et-reglements/principes-directeurs-sur-la-reconnaissance-des-auteurs-dune-publication" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/resources/flowcharts" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revuepsycause.psy.ulaval.ca/index.php/journal/documents" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglement-disciplinaire.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/resources/flowcharts" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglement-disciplinaire.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/sites/default/files/recognising-authorship-problems-cope-infographic.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/resources/flowcharts" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/legalcode.fr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pkp.sfu.ca/pkp-pn/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulaval.ca/fileadmin/Secretaire_general/Reglements/Reglement-disciplinaire.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/legalcode.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/text-recycling-guidelines" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://openaccess.inist.fr/?Initiative-de-Budapest-pour-l" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicationethics.org/resources/flowcharts" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -21494,388 +25443,93 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...242 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5374FD00-258B-49C5-AB66-A20B9F9DE9BC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4077DFA3-D977-42C9-B8BC-E4C9A1A19205}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>53558</Characters>
+  <Pages>27</Pages>
+  <Words>8856</Words>
+  <Characters>48535</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>446</Lines>
-  <Paragraphs>125</Paragraphs>
+  <Lines>1078</Lines>
+  <Paragraphs>474</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>62829</CharactersWithSpaces>
+  <CharactersWithSpaces>56917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Alexandre Marois</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>