--- v0 (2025-10-10)
+++ v1 (2025-11-24)
@@ -111,111 +111,127 @@
         <w:t xml:space="preserve">Prénom </w:t>
       </w:r>
       <w:r w:rsidR="00325B82" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>NOM (</w:t>
       </w:r>
       <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidR="00325B82" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>style « </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>Nom_Auteur</w:t>
+        <w:t>Nom_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Auteur</w:t>
       </w:r>
       <w:r w:rsidR="00AE0F75" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.e.s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00325B82" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>»)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B3BABCD" w14:textId="65FED8E6" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="00F41A64" w:rsidP="0095166F">
       <w:pPr>
         <w:pStyle w:val="InfoAuteures"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Affiliation</w:t>
       </w:r>
       <w:r w:rsidR="000C3BE3" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> institutionnelle </w:t>
       </w:r>
       <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>(en style « </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>Info_Auteur</w:t>
+        <w:t>Info_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Auteur</w:t>
       </w:r>
       <w:r w:rsidR="00AE0F75" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.e.s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009E1429" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t> »)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3AA266" w14:textId="0B03D9A1" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="008C274B" w:rsidP="0095166F">
       <w:pPr>
         <w:pStyle w:val="InfoAuteures"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00A10508">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:t>adresse@courriel.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13751579" w14:textId="2A41B017" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="00325B82" w:rsidP="0095166F">
@@ -571,106 +587,105 @@
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00167EED" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si vous souhaitez copier-coller du texte à partir d’un autre document, assurez-vous d’utiliser la fonction « Coller</w:t>
       </w:r>
       <w:r w:rsidR="00D83AD7" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00167EED" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>- Conserver uniquement le texte (T) ». De cette façon, votre texte se transformera pour prendre le format du fichier modèle au lieu du format de votre fichier d’origine.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293A0CED" w14:textId="53EFA899" w:rsidR="00325B82" w:rsidRPr="00A10508" w:rsidRDefault="00325B82" w:rsidP="00167EED">
+    <w:p w14:paraId="48675BC4" w14:textId="3E5B7600" w:rsidR="00EF07FD" w:rsidRPr="00A10508" w:rsidRDefault="00325B82" w:rsidP="00167EED">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Pour écrire le titre d’une section de premier niveau comme la section « Introduction », il</w:t>
       </w:r>
       <w:r w:rsidR="0095166F" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> faut utiliser le style « Titre </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>1 ».</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A10508">
+      <w:r w:rsidR="00E72005">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF07FD" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Pour</w:t>
       </w:r>
       <w:r w:rsidR="00575672" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> écrire les paragraphes du texte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A10508">
+      <w:r w:rsidR="00EF07FD" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>, il faut utiliser le style « </w:t>
       </w:r>
       <w:r w:rsidR="00575672" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Normal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A10508">
+      <w:r w:rsidR="00EF07FD" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t> »</w:t>
       </w:r>
       <w:r w:rsidR="00575672" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00D12B46" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Book Antiqua</w:t>
       </w:r>
       <w:r w:rsidR="00575672" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>, 12, simple interligne, justifié, pas d’alinéa</w:t>
       </w:r>
       <w:r w:rsidR="004E73D7" w:rsidRPr="00A10508">
         <w:rPr>
@@ -687,61 +702,129 @@
       <w:r w:rsidR="00E618D4" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>paragraphe</w:t>
       </w:r>
       <w:r w:rsidR="0095166F" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 6 </w:t>
       </w:r>
       <w:r w:rsidR="004E73D7" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>pts</w:t>
       </w:r>
       <w:r w:rsidR="00575672" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E343D2C" w14:textId="5F5B3521" w:rsidR="00873B3C" w:rsidRPr="00A10508" w:rsidRDefault="00873B3C" w:rsidP="00167EED">
-[...9 lines deleted...]
-        <w:t>Dans le texte, lorsque cela s’avère possible, il est recommandé d’utiliser l’écriture épicène, sinon il est suggéré d’utiliser les deux genres (masculin et féminin) conjointement.</w:t>
+    <w:p w14:paraId="7E343D2C" w14:textId="2D78D333" w:rsidR="00873B3C" w:rsidRPr="00A10508" w:rsidRDefault="00873B3C" w:rsidP="00167EED">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Dans le texte, il est recommandé d’utiliser l’écriture épicène</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1595B">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (p. ex. les personnes enseignantes)</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D1C">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>inon</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D1C">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il est suggéré d’utiliser les deux genres (masculin et féminin) conjointement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1595B">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (p. ex. les enseignantes et enseignants)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1595B">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894D1C">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il est aussi possible d’utiliser le point médian (p. ex. les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00894D1C">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>enseignant·es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00894D1C">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03FEC481" w14:textId="2FC106E0" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="009C1C19" w:rsidP="00167EED">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Écrire le texte de l’introduction </w:t>
       </w:r>
       <w:r w:rsidR="000C3BE3" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ici Écrire le texte de l’introduction ici Écrire le texte de l’introduction ici Écrire le texte de l’introduction ici Écrire le texte de l’introduction ici Écrire le texte de l’introduction ici</w:t>
       </w:r>
       <w:r w:rsidR="003219DD" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -793,63 +876,50 @@
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>1 »</w:t>
       </w:r>
       <w:r w:rsidR="00E60921" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A69744A" w14:textId="49122EEB" w:rsidR="00606D0B" w:rsidRPr="00A10508" w:rsidRDefault="00873B3C" w:rsidP="00167EED">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Il est nécessaire d’inclure au moins un paragraphe introductif avant d’ajouter un prochain niveau de titre. Deux niveaux de titres ne doivent pas être collés.</w:t>
-      </w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CCE0599" w14:textId="1CBE7D1D" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="00C87F8F" w:rsidP="00617169">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:t xml:space="preserve">1.1 </w:t>
       </w:r>
       <w:r w:rsidR="00617169" w:rsidRPr="00A10508">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C3BE3" w:rsidRPr="00A10508">
         <w:t>Titre</w:t>
       </w:r>
       <w:r w:rsidR="0095166F" w:rsidRPr="00A10508">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="004F40D7" w:rsidRPr="00A10508">
         <w:t xml:space="preserve">de niveau </w:t>
       </w:r>
       <w:r w:rsidR="000C3BE3" w:rsidRPr="00A10508">
         <w:t>2</w:t>
       </w:r>
     </w:p>
@@ -976,77 +1046,77 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="0095166F" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="496873ED" w14:textId="6A6FA41D" w:rsidR="003C505C" w:rsidRPr="00A10508" w:rsidRDefault="003C505C" w:rsidP="003C505C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
+        <w:t>Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici</w:t>
+      </w:r>
+      <w:r w:rsidR="00606D0B" w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3625A006" w14:textId="77777777" w:rsidR="001645A7" w:rsidRPr="00A10508" w:rsidRDefault="00E4657C" w:rsidP="00E4657C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:rStyle w:val="Titre40"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici</w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>Titre de niveau 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pour écrire le titre d’une section de quatrième niveau, il faut utiliser le style « Titre niveau 4 ». Le texte de style « Normal » doit commencer sur la même ligne que le titre. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54045817" w14:textId="7295973C" w:rsidR="00E4657C" w:rsidRPr="00A10508" w:rsidRDefault="00606D0B" w:rsidP="00E4657C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici</w:t>
       </w:r>
       <w:r w:rsidR="001A4E81" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
@@ -2029,63 +2099,63 @@
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093733D" w:rsidRPr="00A10508" w14:paraId="5A4C308C" w14:textId="77777777" w:rsidTr="006535D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30BCC594" w14:textId="77777777" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="0093733D" w:rsidP="006C1AE3">
             <w:pPr>
               <w:pStyle w:val="TablTexte"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54F484BF" w14:textId="77777777" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="006535D2" w:rsidP="006C1AE3">
+          <w:p w14:paraId="54F484BF" w14:textId="1A319D62" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="006535D2" w:rsidP="006C1AE3">
             <w:pPr>
               <w:pStyle w:val="TablTexte"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A10508">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
-              <w:t>Texte tableau texte tableau texte tableau texte tableau texte tableau</w:t>
+              <w:t xml:space="preserve">Texte tableau texte tableau texte tableau texte tableau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43958640" w14:textId="77777777" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="0093733D" w:rsidP="006C1AE3">
             <w:pPr>
               <w:pStyle w:val="TablTexte"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093733D" w:rsidRPr="00A10508" w14:paraId="17BFF687" w14:textId="77777777" w:rsidTr="006535D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37EF48E5" w14:textId="77777777" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="0093733D" w:rsidP="006C1AE3">
             <w:pPr>
@@ -2093,63 +2163,63 @@
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71CC5174" w14:textId="77777777" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="0093733D" w:rsidP="006C1AE3">
             <w:pPr>
               <w:pStyle w:val="TablTexte"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="465DCE4B" w14:textId="77777777" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="006535D2" w:rsidP="006C1AE3">
+          <w:p w14:paraId="465DCE4B" w14:textId="3A84F82D" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="006535D2" w:rsidP="006C1AE3">
             <w:pPr>
               <w:pStyle w:val="TablTexte"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A10508">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
-              <w:t>Texte tableau texte tableau texte tableau texte tableau texte tableau</w:t>
+              <w:t xml:space="preserve">Texte tableau texte tableau texte tableau texte tableau </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65FB7FCB" w14:textId="77777777" w:rsidR="001645A7" w:rsidRPr="00A10508" w:rsidRDefault="001645A7" w:rsidP="00167EED">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BEA62A4" w14:textId="1470C234" w:rsidR="00846CA1" w:rsidRPr="00A10508" w:rsidRDefault="00846CA1" w:rsidP="00846CA1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">La structure du tableau n’a pas de lignes verticales, mais seulement des lignes horizontales (voir tableau 1). </w:t>
       </w:r>
     </w:p>
@@ -2436,89 +2506,83 @@
         </w:rPr>
         <w:t xml:space="preserve"> (figure 1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C87F8F" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Dans le cas de plusieurs </w:t>
       </w:r>
       <w:r w:rsidR="00D12B46" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>figures</w:t>
       </w:r>
       <w:r w:rsidR="00C87F8F" w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> côtes-à-côtes, elles doivent être centrées </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> côtes-à-côtes, elles doivent être centrées et réparties également. L’image </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doit avoir une </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5EB4" w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bonne </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>qualité de définition et elle doit respecter la p</w:t>
+      </w:r>
+      <w:r w:rsidR="000F02FC" w:rsidRPr="00A10508">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>roportion de l’image originale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A854C6D" w14:textId="2026BA14" w:rsidR="009F32CD" w:rsidRPr="00A10508" w:rsidRDefault="009F32CD" w:rsidP="00617169">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10508">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">et réparties également. L’image </w:t>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00A10508">
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6909F517" w14:textId="632F735F" w:rsidR="009F32CD" w:rsidRPr="00A10508" w:rsidRDefault="009F32CD" w:rsidP="00167EED">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici Écrire le texte de l’article ici </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="622889C9" w14:textId="584D58CC" w:rsidR="0093733D" w:rsidRPr="00A10508" w:rsidRDefault="000C3BE3" w:rsidP="00617169">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A10508">
         <w:t xml:space="preserve">Références </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1638FB4B" w14:textId="6D04EA3F" w:rsidR="00E511DC" w:rsidRPr="00A10508" w:rsidRDefault="00E511DC" w:rsidP="00167EED">
@@ -3154,55 +3218,53 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:highlight w:val="white"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="white"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Les didactiques des disciplines. Un débat contemporain</w:t>
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:highlight w:val="white"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (p. 57-80). Presses de l’Université du Québec. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197B69B3" w14:textId="77777777" w:rsidR="00EF4A7F" w:rsidRPr="00A10508" w:rsidRDefault="00EF4A7F" w:rsidP="00021DA2">
+    <w:p w14:paraId="197B69B3" w14:textId="77777777" w:rsidR="00EF4A7F" w:rsidRPr="00A10508" w:rsidRDefault="00EF4A7F" w:rsidP="00E72005">
       <w:pPr>
         <w:pStyle w:val="Rfrences"/>
-        <w:keepNext/>
-        <w:keepLines/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:highlight w:val="white"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Bednarz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:highlight w:val="white"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, N. (2007). Ancrage de la didactique des mathématiques au Québec : à la recherche de sens et de cohérence. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10508">
         <w:rPr>
           <w:iCs/>
           <w:highlight w:val="white"/>
@@ -3630,69 +3692,69 @@
           </w:rPr>
           <w:t>https://bib.umontreal.ca/citer/styles-bibliographiques/apa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="002225AE" w:rsidSect="008716B9">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B27AC85" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED">
+    <w:p w14:paraId="677A7F31" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C122D4D" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED"/>
-    <w:p w14:paraId="4060CBA6" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED"/>
+    <w:p w14:paraId="616E7801" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED"/>
+    <w:p w14:paraId="65FEAC35" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06D4428B" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED">
+    <w:p w14:paraId="7754E282" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180973D0" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED"/>
-    <w:p w14:paraId="3DACB792" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED"/>
+    <w:p w14:paraId="0E827AC2" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED"/>
+    <w:p w14:paraId="3EAC1CC0" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="18CB1725" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF">
+    <w:p w14:paraId="4D48F874" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3941,67 +4003,67 @@
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="00CF1BF5" w:rsidRPr="00236A9D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00CF1BF5" w:rsidRPr="0006727F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4ACB995E" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED">
+    <w:p w14:paraId="577C531C" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26621745" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED">
+    <w:p w14:paraId="60E1D521" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C23841E" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED"/>
-    <w:p w14:paraId="19902268" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF" w:rsidP="00167EED"/>
+    <w:p w14:paraId="52BA3418" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED"/>
+    <w:p w14:paraId="4C6D6624" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B" w:rsidP="00167EED"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0163A20C" w14:textId="77777777" w:rsidR="00B07CDF" w:rsidRDefault="00B07CDF">
+    <w:p w14:paraId="097C1F6A" w14:textId="77777777" w:rsidR="0078098B" w:rsidRDefault="0078098B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6C2DD96A" w14:textId="31D19F82" w:rsidR="00B31AB1" w:rsidRPr="003252D9" w:rsidRDefault="00B31AB1" w:rsidP="00EC3FAA">
       <w:pPr>
         <w:pStyle w:val="Notebaspage"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003252D9">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003252D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC3FAA">
         <w:tab/>
       </w:r>
@@ -5091,51 +5153,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1847287497">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="7218775">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5206,98 +5268,101 @@
     <w:rsid w:val="002830D7"/>
     <w:rsid w:val="00287F19"/>
     <w:rsid w:val="00293636"/>
     <w:rsid w:val="0029713A"/>
     <w:rsid w:val="002A37B2"/>
     <w:rsid w:val="002B253E"/>
     <w:rsid w:val="002B3FD3"/>
     <w:rsid w:val="002C46D3"/>
     <w:rsid w:val="002D7886"/>
     <w:rsid w:val="0030065F"/>
     <w:rsid w:val="00303ADF"/>
     <w:rsid w:val="00307755"/>
     <w:rsid w:val="00311F4F"/>
     <w:rsid w:val="003219DD"/>
     <w:rsid w:val="00322CA3"/>
     <w:rsid w:val="00323880"/>
     <w:rsid w:val="003252D9"/>
     <w:rsid w:val="00325B82"/>
     <w:rsid w:val="00325C17"/>
     <w:rsid w:val="003275F4"/>
     <w:rsid w:val="003312EE"/>
     <w:rsid w:val="003404BE"/>
     <w:rsid w:val="00343D26"/>
     <w:rsid w:val="00346619"/>
     <w:rsid w:val="003502B5"/>
+    <w:rsid w:val="00350571"/>
     <w:rsid w:val="003511C1"/>
     <w:rsid w:val="00354373"/>
     <w:rsid w:val="00354593"/>
     <w:rsid w:val="0038016F"/>
     <w:rsid w:val="003821C7"/>
     <w:rsid w:val="00387286"/>
     <w:rsid w:val="003A44B4"/>
     <w:rsid w:val="003B5EB4"/>
     <w:rsid w:val="003C505C"/>
     <w:rsid w:val="004011D0"/>
     <w:rsid w:val="00402B6B"/>
     <w:rsid w:val="004103AA"/>
     <w:rsid w:val="00413F21"/>
     <w:rsid w:val="00415C22"/>
     <w:rsid w:val="00417DBB"/>
     <w:rsid w:val="004203EC"/>
     <w:rsid w:val="00430317"/>
     <w:rsid w:val="00434B92"/>
     <w:rsid w:val="004429E3"/>
     <w:rsid w:val="00442FEC"/>
     <w:rsid w:val="004464C5"/>
     <w:rsid w:val="00461CBB"/>
+    <w:rsid w:val="0046307B"/>
     <w:rsid w:val="004715F4"/>
     <w:rsid w:val="00471E0F"/>
     <w:rsid w:val="00473245"/>
     <w:rsid w:val="00493195"/>
     <w:rsid w:val="004A02A6"/>
     <w:rsid w:val="004B1941"/>
     <w:rsid w:val="004B1F80"/>
     <w:rsid w:val="004B4873"/>
     <w:rsid w:val="004D6C14"/>
     <w:rsid w:val="004E739B"/>
     <w:rsid w:val="004E73D7"/>
     <w:rsid w:val="004F40D7"/>
     <w:rsid w:val="004F6622"/>
     <w:rsid w:val="00512AE7"/>
     <w:rsid w:val="0051452C"/>
     <w:rsid w:val="0051785B"/>
     <w:rsid w:val="00541272"/>
     <w:rsid w:val="00541EB4"/>
     <w:rsid w:val="00542744"/>
     <w:rsid w:val="0055269F"/>
     <w:rsid w:val="005668EC"/>
     <w:rsid w:val="00566DBD"/>
     <w:rsid w:val="00567912"/>
     <w:rsid w:val="00575672"/>
     <w:rsid w:val="00581DDF"/>
     <w:rsid w:val="0059076C"/>
+    <w:rsid w:val="00590D7D"/>
     <w:rsid w:val="005A0511"/>
     <w:rsid w:val="005B0273"/>
     <w:rsid w:val="005C10A6"/>
     <w:rsid w:val="005C366F"/>
     <w:rsid w:val="005D6BB8"/>
     <w:rsid w:val="005E4418"/>
     <w:rsid w:val="005F391C"/>
     <w:rsid w:val="005F573C"/>
     <w:rsid w:val="005F629E"/>
     <w:rsid w:val="005F7867"/>
     <w:rsid w:val="00606D0B"/>
     <w:rsid w:val="0061059C"/>
     <w:rsid w:val="00617169"/>
     <w:rsid w:val="0062432F"/>
     <w:rsid w:val="006329D9"/>
     <w:rsid w:val="0063471F"/>
     <w:rsid w:val="00640444"/>
     <w:rsid w:val="0064213B"/>
     <w:rsid w:val="00646FE3"/>
     <w:rsid w:val="00647275"/>
     <w:rsid w:val="00650842"/>
     <w:rsid w:val="00651010"/>
     <w:rsid w:val="006535D2"/>
     <w:rsid w:val="006627BF"/>
     <w:rsid w:val="006724D7"/>
@@ -5307,135 +5372,140 @@
     <w:rsid w:val="00684E81"/>
     <w:rsid w:val="00686832"/>
     <w:rsid w:val="00692DEA"/>
     <w:rsid w:val="006A47AF"/>
     <w:rsid w:val="006A5EC0"/>
     <w:rsid w:val="006B0E3D"/>
     <w:rsid w:val="006B2A69"/>
     <w:rsid w:val="006B54B4"/>
     <w:rsid w:val="006C1AE3"/>
     <w:rsid w:val="006C2206"/>
     <w:rsid w:val="006D0811"/>
     <w:rsid w:val="006D55CA"/>
     <w:rsid w:val="006F4617"/>
     <w:rsid w:val="006F6A1D"/>
     <w:rsid w:val="00711C87"/>
     <w:rsid w:val="00713BFF"/>
     <w:rsid w:val="0072120E"/>
     <w:rsid w:val="00722420"/>
     <w:rsid w:val="007413AC"/>
     <w:rsid w:val="00747DBC"/>
     <w:rsid w:val="007532B7"/>
     <w:rsid w:val="007563A4"/>
     <w:rsid w:val="00762C19"/>
     <w:rsid w:val="00771D9E"/>
     <w:rsid w:val="007728D5"/>
+    <w:rsid w:val="0078098B"/>
     <w:rsid w:val="00792B83"/>
     <w:rsid w:val="00794384"/>
     <w:rsid w:val="007959D1"/>
     <w:rsid w:val="007A62A3"/>
     <w:rsid w:val="007B28D4"/>
     <w:rsid w:val="007E3520"/>
     <w:rsid w:val="007F4E54"/>
     <w:rsid w:val="007F66D2"/>
     <w:rsid w:val="00807BFC"/>
     <w:rsid w:val="00813B0B"/>
+    <w:rsid w:val="008366B1"/>
     <w:rsid w:val="00846CA1"/>
     <w:rsid w:val="00850B0D"/>
     <w:rsid w:val="0085700A"/>
     <w:rsid w:val="00860DD3"/>
     <w:rsid w:val="0086319F"/>
     <w:rsid w:val="00863382"/>
     <w:rsid w:val="008712A7"/>
     <w:rsid w:val="008716B9"/>
     <w:rsid w:val="00872C69"/>
     <w:rsid w:val="00873B3C"/>
     <w:rsid w:val="008747B0"/>
     <w:rsid w:val="00875499"/>
     <w:rsid w:val="00876C9F"/>
     <w:rsid w:val="00886A8A"/>
     <w:rsid w:val="0089110A"/>
     <w:rsid w:val="0089215B"/>
+    <w:rsid w:val="00894D1C"/>
     <w:rsid w:val="00894F3F"/>
     <w:rsid w:val="008A636B"/>
     <w:rsid w:val="008B0482"/>
     <w:rsid w:val="008B090C"/>
     <w:rsid w:val="008B6008"/>
     <w:rsid w:val="008C274B"/>
     <w:rsid w:val="008D2F2B"/>
     <w:rsid w:val="008D5764"/>
     <w:rsid w:val="008D5C81"/>
     <w:rsid w:val="008E7343"/>
     <w:rsid w:val="00902232"/>
+    <w:rsid w:val="00902C30"/>
     <w:rsid w:val="00911506"/>
     <w:rsid w:val="00912233"/>
     <w:rsid w:val="009345D9"/>
     <w:rsid w:val="0093733D"/>
     <w:rsid w:val="00945B90"/>
     <w:rsid w:val="0095166F"/>
     <w:rsid w:val="00961478"/>
     <w:rsid w:val="00971C7C"/>
     <w:rsid w:val="00977F72"/>
     <w:rsid w:val="00986590"/>
     <w:rsid w:val="0099078C"/>
     <w:rsid w:val="00992822"/>
     <w:rsid w:val="00992EDE"/>
     <w:rsid w:val="00994108"/>
     <w:rsid w:val="009A589F"/>
     <w:rsid w:val="009B1DB9"/>
     <w:rsid w:val="009B4A7D"/>
     <w:rsid w:val="009C1C19"/>
     <w:rsid w:val="009C1C6F"/>
     <w:rsid w:val="009C285B"/>
     <w:rsid w:val="009C6E19"/>
     <w:rsid w:val="009D5F47"/>
     <w:rsid w:val="009D74AD"/>
     <w:rsid w:val="009D7970"/>
     <w:rsid w:val="009E1429"/>
     <w:rsid w:val="009E60BE"/>
     <w:rsid w:val="009F2AAA"/>
     <w:rsid w:val="009F32CD"/>
     <w:rsid w:val="009F70EE"/>
     <w:rsid w:val="00A00847"/>
     <w:rsid w:val="00A07A2D"/>
     <w:rsid w:val="00A10508"/>
     <w:rsid w:val="00A10ACA"/>
     <w:rsid w:val="00A1127E"/>
     <w:rsid w:val="00A11F13"/>
     <w:rsid w:val="00A1692A"/>
     <w:rsid w:val="00A237B5"/>
     <w:rsid w:val="00A25BD9"/>
     <w:rsid w:val="00A26A81"/>
     <w:rsid w:val="00A30F10"/>
     <w:rsid w:val="00A35CF0"/>
     <w:rsid w:val="00A735F1"/>
     <w:rsid w:val="00A80E08"/>
     <w:rsid w:val="00AA1850"/>
     <w:rsid w:val="00AD41D9"/>
     <w:rsid w:val="00AE0F75"/>
     <w:rsid w:val="00AE4028"/>
     <w:rsid w:val="00AE6EEB"/>
+    <w:rsid w:val="00AE7143"/>
     <w:rsid w:val="00AE78A3"/>
     <w:rsid w:val="00AF2CBE"/>
     <w:rsid w:val="00AF702F"/>
     <w:rsid w:val="00B07CDF"/>
     <w:rsid w:val="00B14ECF"/>
     <w:rsid w:val="00B168B0"/>
     <w:rsid w:val="00B2484D"/>
     <w:rsid w:val="00B31AB1"/>
     <w:rsid w:val="00B31BA3"/>
     <w:rsid w:val="00B328F2"/>
     <w:rsid w:val="00B61CFB"/>
     <w:rsid w:val="00B81E35"/>
     <w:rsid w:val="00B92BBA"/>
     <w:rsid w:val="00BA1648"/>
     <w:rsid w:val="00BA20E4"/>
     <w:rsid w:val="00BA225A"/>
     <w:rsid w:val="00BA5E65"/>
     <w:rsid w:val="00BB2E64"/>
     <w:rsid w:val="00BB69E7"/>
     <w:rsid w:val="00BB7A0E"/>
     <w:rsid w:val="00BC0943"/>
     <w:rsid w:val="00BC0E69"/>
     <w:rsid w:val="00BC417E"/>
     <w:rsid w:val="00BD1941"/>
     <w:rsid w:val="00BE240A"/>
@@ -5450,115 +5520,119 @@
     <w:rsid w:val="00C45510"/>
     <w:rsid w:val="00C4699C"/>
     <w:rsid w:val="00C4770F"/>
     <w:rsid w:val="00C62CA3"/>
     <w:rsid w:val="00C63E85"/>
     <w:rsid w:val="00C659EF"/>
     <w:rsid w:val="00C668DF"/>
     <w:rsid w:val="00C742E6"/>
     <w:rsid w:val="00C82382"/>
     <w:rsid w:val="00C87F8F"/>
     <w:rsid w:val="00C949EC"/>
     <w:rsid w:val="00CA45BC"/>
     <w:rsid w:val="00CA62BE"/>
     <w:rsid w:val="00CC66DD"/>
     <w:rsid w:val="00CC7381"/>
     <w:rsid w:val="00CD720C"/>
     <w:rsid w:val="00CD74C1"/>
     <w:rsid w:val="00CE4960"/>
     <w:rsid w:val="00CE4AB5"/>
     <w:rsid w:val="00CE610B"/>
     <w:rsid w:val="00CE726D"/>
     <w:rsid w:val="00CF1BF5"/>
     <w:rsid w:val="00CF2697"/>
     <w:rsid w:val="00D0381D"/>
     <w:rsid w:val="00D12B46"/>
+    <w:rsid w:val="00D1595B"/>
     <w:rsid w:val="00D218E2"/>
     <w:rsid w:val="00D31F20"/>
     <w:rsid w:val="00D421B2"/>
     <w:rsid w:val="00D44127"/>
     <w:rsid w:val="00D62F7F"/>
     <w:rsid w:val="00D63064"/>
     <w:rsid w:val="00D655C0"/>
     <w:rsid w:val="00D75281"/>
     <w:rsid w:val="00D83AD7"/>
     <w:rsid w:val="00D900B3"/>
     <w:rsid w:val="00D915AE"/>
     <w:rsid w:val="00DD30AB"/>
     <w:rsid w:val="00DF10B2"/>
     <w:rsid w:val="00DF590F"/>
     <w:rsid w:val="00DF6968"/>
     <w:rsid w:val="00DF773D"/>
     <w:rsid w:val="00E010CB"/>
     <w:rsid w:val="00E31180"/>
     <w:rsid w:val="00E31AB1"/>
     <w:rsid w:val="00E43277"/>
     <w:rsid w:val="00E44144"/>
     <w:rsid w:val="00E45151"/>
     <w:rsid w:val="00E4657C"/>
     <w:rsid w:val="00E475BF"/>
     <w:rsid w:val="00E511DC"/>
     <w:rsid w:val="00E525AD"/>
     <w:rsid w:val="00E54002"/>
     <w:rsid w:val="00E562DF"/>
     <w:rsid w:val="00E60921"/>
     <w:rsid w:val="00E618D4"/>
+    <w:rsid w:val="00E72005"/>
     <w:rsid w:val="00E920D9"/>
     <w:rsid w:val="00E9518B"/>
     <w:rsid w:val="00EB07F4"/>
     <w:rsid w:val="00EC3FAA"/>
     <w:rsid w:val="00EC6A50"/>
     <w:rsid w:val="00EC7EED"/>
     <w:rsid w:val="00ED5D28"/>
     <w:rsid w:val="00EE070C"/>
     <w:rsid w:val="00EF07FD"/>
     <w:rsid w:val="00EF095A"/>
     <w:rsid w:val="00EF1BA2"/>
     <w:rsid w:val="00EF4A7F"/>
     <w:rsid w:val="00EF5B1C"/>
     <w:rsid w:val="00F04F21"/>
     <w:rsid w:val="00F05772"/>
     <w:rsid w:val="00F12CCD"/>
     <w:rsid w:val="00F256BA"/>
     <w:rsid w:val="00F2704E"/>
     <w:rsid w:val="00F33C10"/>
     <w:rsid w:val="00F36941"/>
     <w:rsid w:val="00F41A64"/>
+    <w:rsid w:val="00F451EA"/>
     <w:rsid w:val="00F51940"/>
     <w:rsid w:val="00F52501"/>
     <w:rsid w:val="00F52F96"/>
     <w:rsid w:val="00F537BB"/>
     <w:rsid w:val="00F53A6A"/>
     <w:rsid w:val="00F55E52"/>
     <w:rsid w:val="00F649C4"/>
     <w:rsid w:val="00F756CF"/>
     <w:rsid w:val="00F9591A"/>
     <w:rsid w:val="00F96327"/>
     <w:rsid w:val="00FA3126"/>
     <w:rsid w:val="00FB1D6B"/>
     <w:rsid w:val="00FB4A21"/>
     <w:rsid w:val="00FB4C0A"/>
+    <w:rsid w:val="00FB4C7A"/>
     <w:rsid w:val="00FC10FF"/>
     <w:rsid w:val="00FF6633"/>
     <w:rsid w:val="1B5D2F85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7238,67 +7312,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5B6FE41-7C70-433C-9E75-06209E5E659D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2074</Words>
-  <Characters>11413</Characters>
+  <Words>1993</Words>
+  <Characters>11426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
+  <Lines>181</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Laval - FSE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13461</CharactersWithSpaces>
+  <CharactersWithSpaces>13393</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Claudia Corriveau</dc:creator>
+  <dc:creator>Marianne.Homier@USherbrooke.ca</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>